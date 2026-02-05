--- v0 (2025-10-14)
+++ v1 (2026-02-05)
@@ -3,400 +3,424 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28618"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29622"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://warwickshiregovuk.sharepoint.com/sites/edrm-LS/Shared Documents/Intranet Docs/Education stats/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="5" documentId="13_ncr:1_{5831F9BE-9B7F-43C2-BC1D-BB8D583D8B6A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1AF5EDED-8153-4F10-AFC3-A1C929EBF2C1}"/>
+  <xr:revisionPtr revIDLastSave="6" documentId="13_ncr:1_{5831F9BE-9B7F-43C2-BC1D-BB8D583D8B6A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{BD81B7F5-C95A-4E79-9C1A-2795162A0151}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Reception statistics" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="233" uniqueCount="87">
-[...5 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="237" uniqueCount="97">
   <si>
     <t>Name of School</t>
   </si>
   <si>
     <t>Infant Class
 Size Appeal</t>
   </si>
   <si>
-    <t>Academic year 2020/21</t>
-[...1 lines deleted...]
-  <si>
     <t>Academic year 2021/22</t>
   </si>
   <si>
     <t>Academic year 2022/23</t>
   </si>
   <si>
     <t>Academic year 2023/24</t>
   </si>
   <si>
     <t>Academic year 2024/25</t>
   </si>
   <si>
+    <t>Academic year 2025/26</t>
+  </si>
+  <si>
     <t> </t>
   </si>
   <si>
     <t>Number of appeals  heard</t>
   </si>
   <si>
     <t>Number of appeals successful</t>
   </si>
   <si>
     <t>Abbey C.of E. Infant School</t>
   </si>
   <si>
     <t>YES</t>
   </si>
   <si>
     <t xml:space="preserve">Acorns Primary School </t>
   </si>
   <si>
     <t>n/a</t>
   </si>
   <si>
     <t>Alveston C.of E. Primary School</t>
   </si>
   <si>
     <t>Aylesford School</t>
   </si>
   <si>
     <t>Bidford C of E Primary School</t>
   </si>
   <si>
+    <t>NO</t>
+  </si>
+  <si>
     <t>Birchwood Primary School</t>
   </si>
   <si>
+    <t xml:space="preserve">Bishops Itchington C of E Primary School </t>
+  </si>
+  <si>
     <t>Bournebrook C.of E. Primary School</t>
   </si>
   <si>
     <t>Briar Hill Infant School</t>
   </si>
   <si>
+    <t xml:space="preserve">Brookhurst Primary School </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brownsover Primary School </t>
+  </si>
+  <si>
     <t xml:space="preserve">Budbrooke Primary School </t>
   </si>
   <si>
     <t>Burton Green C.Of E. Primary School</t>
   </si>
   <si>
+    <t xml:space="preserve">Camp Hill Primary School </t>
+  </si>
+  <si>
     <t>Cawston Grange Primary School</t>
   </si>
   <si>
     <t>Clapham Terrace Community Primary School</t>
   </si>
   <si>
     <t>Clifton-Upon-Dunsmore C.Of E. Primary School</t>
   </si>
   <si>
     <t>Clinton Primary School</t>
   </si>
   <si>
     <t>Coten End Primary School</t>
   </si>
   <si>
     <t>Dordon Community Primary School</t>
   </si>
   <si>
     <t>Dunchurch Infant School</t>
   </si>
   <si>
+    <t xml:space="preserve">Eastlands Primary School </t>
+  </si>
+  <si>
     <t>Galley Common Infant School</t>
   </si>
   <si>
-    <t>NO</t>
-[...1 lines deleted...]
-  <si>
     <t>Glendale Infant School</t>
   </si>
   <si>
     <t xml:space="preserve">Goodyers End Primary School </t>
   </si>
   <si>
     <t>Harbury C of E Primary School</t>
   </si>
   <si>
     <t>Heathcote Primary School</t>
   </si>
   <si>
     <t>High Meadow Infant School</t>
   </si>
   <si>
     <t>Hillmorton Primary School</t>
   </si>
   <si>
     <t>Hurley Primary School</t>
   </si>
   <si>
     <t>Ilmington C.of E. Primary School</t>
   </si>
   <si>
+    <t xml:space="preserve">Lapworth Primary School </t>
+  </si>
+  <si>
     <t>Lower Farm Academy</t>
   </si>
   <si>
     <t>Milby Primary School</t>
   </si>
   <si>
     <t>Milverton Primary School</t>
   </si>
   <si>
     <t>Nathaniel Newton Infant School</t>
   </si>
   <si>
     <t>Northlands Primary School</t>
   </si>
   <si>
+    <t xml:space="preserve">Oakley School </t>
+  </si>
+  <si>
     <t>Our Lady and St Joseph’s Catholic Academy</t>
   </si>
   <si>
     <t>Paddox Primary School</t>
   </si>
   <si>
     <t xml:space="preserve">Park Lane Primary School </t>
   </si>
   <si>
     <t>Priors Field Primary School</t>
   </si>
   <si>
+    <t xml:space="preserve">Race Lees Infant School </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Race Meadows School </t>
+  </si>
+  <si>
     <t>Radford Semele C.of E. Primary School</t>
   </si>
   <si>
     <t xml:space="preserve">Riverside Academy </t>
   </si>
   <si>
     <t>Rugby Free Primary Academy</t>
   </si>
   <si>
     <t>Shrubland Street Community Primary School</t>
   </si>
   <si>
     <t>Snitterfield Primary School</t>
   </si>
   <si>
+    <t>St Anne's Catholic Primary School</t>
+  </si>
+  <si>
+    <t>St. Anthony’s Catholic Primary School</t>
+  </si>
+  <si>
+    <t>St. Benedict’s Catholic Primary School</t>
+  </si>
+  <si>
+    <t>St Francis Catholic Primary School, Bedworth</t>
+  </si>
+  <si>
+    <t xml:space="preserve">St. John's Primary School </t>
+  </si>
+  <si>
+    <t>St. Matthew’s Bloxam C.of E. Primary School</t>
+  </si>
+  <si>
+    <t>St. Oswald’s C.of E. Primary School</t>
+  </si>
+  <si>
+    <t>St. Nicholas C of E Primary School, Alcester</t>
+  </si>
+  <si>
+    <t>St. Nicholas C.of E. Primary School, Kenilworth</t>
+  </si>
+  <si>
+    <t>St. Paul’s C.of E. Primary School, Nuneaton</t>
+  </si>
+  <si>
+    <t>St. Peter’s Catholic Primary School</t>
+  </si>
+  <si>
     <t xml:space="preserve">Southam Primary School </t>
   </si>
   <si>
-    <t>St Anne's Catholic Primary School</t>
-[...14 lines deleted...]
-    <t>St. Peter’s Catholic Primary School</t>
+    <t>Stratford-upon-Avon Primary School</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Studley Infants School </t>
+  </si>
+  <si>
+    <t>Sydenham Primary School</t>
+  </si>
+  <si>
+    <t>Telford Infant School</t>
   </si>
   <si>
     <t>Temple Grafton C of E Primary School</t>
   </si>
   <si>
+    <t>The Ferncumbe C.of E. Primary School</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The Griffin Primary School </t>
+  </si>
+  <si>
     <t>The Riverside Academy</t>
   </si>
   <si>
+    <t>The Willows C.of E. Primary School</t>
+  </si>
+  <si>
+    <t>Thorns Community Infant School</t>
+  </si>
+  <si>
     <t>Tudor Grange Primary Academy, Meon Vale</t>
   </si>
   <si>
     <t>Water Orton Primary School</t>
   </si>
   <si>
     <t>Weddington Primary School</t>
   </si>
   <si>
     <t>Welford-On-Avon Primary School</t>
   </si>
   <si>
     <t>Wellesbourne Primary School</t>
   </si>
   <si>
     <t>Wembrook Primary School</t>
   </si>
   <si>
     <t>Wheelwright Lane Primary School</t>
   </si>
   <si>
+    <t xml:space="preserve">Westgate Primary School </t>
+  </si>
+  <si>
     <t>Whitestone Infant School</t>
   </si>
   <si>
-    <t>St. Benedict’s Catholic Primary School</t>
-[...29 lines deleted...]
-    <t>Thorns Community Infant School</t>
+    <t>Wolston St. Margaret’s C.of E. Primary School</t>
   </si>
   <si>
     <t>Whitnash Primary School</t>
-  </si>
-[...1 lines deleted...]
-    <t>Wolston St. Margaret’s C.of E. Primary School</t>
   </si>
   <si>
     <t>Wolvey C.of E. Primary School</t>
   </si>
   <si>
     <t>Woodloes Primary School</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="5">
+  <fonts count="4">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF333333"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
-    <font>
-[...4 lines deleted...]
-    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF006E3C"/>
         <bgColor rgb="FF006E3C"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="17">
+  <borders count="20">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
@@ -462,206 +486,238 @@
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...11 lines deleted...]
-      <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...9 lines deleted...]
-      <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="41">
+  <cellXfs count="46">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -947,3597 +1003,3741 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:L100"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A112" workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="A101" sqref="A101:K119"/>
+      <selection pane="topRight" sqref="A1:L83"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="54" customWidth="1"/>
     <col min="2" max="2" width="15.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="46.5">
+    <row r="1" spans="1:12" ht="47.25" customHeight="1">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="13"/>
-      <c r="C1" s="13"/>
+      <c r="B1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="13" t="s">
+        <v>2</v>
+      </c>
       <c r="D1" s="13"/>
-      <c r="E1" s="13"/>
-[...6 lines deleted...]
-      <c r="L1" s="13"/>
+      <c r="E1" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1" s="15"/>
+      <c r="G1" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="H1" s="17"/>
+      <c r="I1" s="16" t="s">
+        <v>5</v>
+      </c>
+      <c r="J1" s="17"/>
+      <c r="K1" s="16" t="s">
+        <v>6</v>
+      </c>
+      <c r="L1" s="17"/>
     </row>
     <row r="2" spans="1:12" ht="15.75" customHeight="1">
-      <c r="A2" s="13"/>
-[...10 lines deleted...]
-      <c r="L2" s="13"/>
+      <c r="A2" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="B2" s="19" t="s">
+        <v>7</v>
+      </c>
+      <c r="C2" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="D2" s="21" t="s">
+        <v>9</v>
+      </c>
+      <c r="E2" s="22" t="s">
+        <v>8</v>
+      </c>
+      <c r="F2" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="G2" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="H2" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="I2" s="26" t="s">
+        <v>8</v>
+      </c>
+      <c r="J2" s="26" t="s">
+        <v>9</v>
+      </c>
+      <c r="K2" s="26" t="s">
+        <v>8</v>
+      </c>
+      <c r="L2" s="26" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="3" spans="1:12" ht="15.75" customHeight="1">
-      <c r="A3" s="13"/>
-[...26 lines deleted...]
-      <c r="L4" s="13"/>
+      <c r="A3" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C3" s="27">
+        <v>1</v>
+      </c>
+      <c r="D3" s="28">
+        <v>0</v>
+      </c>
+      <c r="E3" s="29">
+        <v>0</v>
+      </c>
+      <c r="F3" s="30">
+        <v>0</v>
+      </c>
+      <c r="G3" s="31">
+        <v>1</v>
+      </c>
+      <c r="H3" s="32">
+        <v>0</v>
+      </c>
+      <c r="I3" s="33">
+        <v>1</v>
+      </c>
+      <c r="J3" s="34">
+        <v>0</v>
+      </c>
+      <c r="K3" s="35">
+        <v>0</v>
+      </c>
+      <c r="L3" s="36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="15">
+      <c r="A4" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" s="28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" s="29" t="s">
+        <v>13</v>
+      </c>
+      <c r="F4" s="30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" s="31" t="s">
+        <v>13</v>
+      </c>
+      <c r="H4" s="32" t="s">
+        <v>13</v>
+      </c>
+      <c r="I4" s="29">
+        <v>1</v>
+      </c>
+      <c r="J4" s="30">
+        <v>1</v>
+      </c>
+      <c r="K4" s="31">
+        <v>0</v>
+      </c>
+      <c r="L4" s="37">
+        <v>0</v>
+      </c>
     </row>
     <row r="5" spans="1:12" ht="15.75" customHeight="1">
-      <c r="A5" s="13"/>
-[...10 lines deleted...]
-      <c r="L5" s="13"/>
+      <c r="A5" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C5" s="27">
+        <v>0</v>
+      </c>
+      <c r="D5" s="28">
+        <v>0</v>
+      </c>
+      <c r="E5" s="29">
+        <v>0</v>
+      </c>
+      <c r="F5" s="30">
+        <v>0</v>
+      </c>
+      <c r="G5" s="31">
+        <v>0</v>
+      </c>
+      <c r="H5" s="32">
+        <v>0</v>
+      </c>
+      <c r="I5" s="29">
+        <v>1</v>
+      </c>
+      <c r="J5" s="30">
+        <v>1</v>
+      </c>
+      <c r="K5" s="31">
+        <v>3</v>
+      </c>
+      <c r="L5" s="37">
+        <v>0</v>
+      </c>
     </row>
     <row r="6" spans="1:12" ht="47.25" customHeight="1">
-      <c r="A6" s="15" t="s">
+      <c r="A6" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="27">
+        <v>0</v>
+      </c>
+      <c r="D6" s="28">
+        <v>0</v>
+      </c>
+      <c r="E6" s="29">
+        <v>6</v>
+      </c>
+      <c r="F6" s="30">
+        <v>1</v>
+      </c>
+      <c r="G6" s="31" t="s">
+        <v>7</v>
+      </c>
+      <c r="H6" s="32" t="s">
+        <v>7</v>
+      </c>
+      <c r="I6" s="29">
+        <v>1</v>
+      </c>
+      <c r="J6" s="30">
+        <v>0</v>
+      </c>
+      <c r="K6" s="31">
+        <v>0</v>
+      </c>
+      <c r="L6" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="15">
+      <c r="A7" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="C7" s="27">
         <v>2</v>
       </c>
-      <c r="B6" s="2" t="s">
+      <c r="D7" s="28">
+        <v>0</v>
+      </c>
+      <c r="E7" s="29">
+        <v>1</v>
+      </c>
+      <c r="F7" s="30">
+        <v>1</v>
+      </c>
+      <c r="G7" s="31">
+        <v>2</v>
+      </c>
+      <c r="H7" s="32">
+        <v>0</v>
+      </c>
+      <c r="I7" s="29">
+        <v>4</v>
+      </c>
+      <c r="J7" s="30">
+        <v>0</v>
+      </c>
+      <c r="K7" s="31">
+        <v>2</v>
+      </c>
+      <c r="L7" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="15">
+      <c r="A8" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" s="27">
+        <v>6</v>
+      </c>
+      <c r="D8" s="28">
+        <v>0</v>
+      </c>
+      <c r="E8" s="29">
+        <v>8</v>
+      </c>
+      <c r="F8" s="30">
+        <v>0</v>
+      </c>
+      <c r="G8" s="31">
+        <v>6</v>
+      </c>
+      <c r="H8" s="32">
+        <v>0</v>
+      </c>
+      <c r="I8" s="29">
         <v>3</v>
       </c>
-      <c r="C6" s="16" t="s">
+      <c r="J8" s="30">
+        <v>0</v>
+      </c>
+      <c r="K8" s="31">
+        <v>0</v>
+      </c>
+      <c r="L8" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="15">
+      <c r="A9" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C9" s="27">
+        <v>0</v>
+      </c>
+      <c r="D9" s="28">
+        <v>0</v>
+      </c>
+      <c r="E9" s="29">
+        <v>0</v>
+      </c>
+      <c r="F9" s="30">
+        <v>0</v>
+      </c>
+      <c r="G9" s="31">
+        <v>0</v>
+      </c>
+      <c r="H9" s="32">
+        <v>0</v>
+      </c>
+      <c r="I9" s="29">
+        <v>0</v>
+      </c>
+      <c r="J9" s="30">
+        <v>0</v>
+      </c>
+      <c r="K9" s="31">
+        <v>2</v>
+      </c>
+      <c r="L9" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="15">
+      <c r="A10" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="B10" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C10" s="27">
+        <v>0</v>
+      </c>
+      <c r="D10" s="28">
+        <v>0</v>
+      </c>
+      <c r="E10" s="29">
+        <v>2</v>
+      </c>
+      <c r="F10" s="30">
+        <v>2</v>
+      </c>
+      <c r="G10" s="31">
+        <v>0</v>
+      </c>
+      <c r="H10" s="32">
+        <v>0</v>
+      </c>
+      <c r="I10" s="29">
+        <v>0</v>
+      </c>
+      <c r="J10" s="30">
+        <v>0</v>
+      </c>
+      <c r="K10" s="31">
+        <v>0</v>
+      </c>
+      <c r="L10" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="15" customHeight="1">
+      <c r="A11" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="B11" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C11" s="27">
+        <v>1</v>
+      </c>
+      <c r="D11" s="28">
+        <v>0</v>
+      </c>
+      <c r="E11" s="29">
+        <v>0</v>
+      </c>
+      <c r="F11" s="30">
+        <v>0</v>
+      </c>
+      <c r="G11" s="31">
+        <v>1</v>
+      </c>
+      <c r="H11" s="32">
+        <v>0</v>
+      </c>
+      <c r="I11" s="29">
+        <v>1</v>
+      </c>
+      <c r="J11" s="30">
+        <v>0</v>
+      </c>
+      <c r="K11" s="31">
+        <v>1</v>
+      </c>
+      <c r="L11" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="15">
+      <c r="A12" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="B12" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C12" s="27">
+        <v>0</v>
+      </c>
+      <c r="D12" s="28">
+        <v>0</v>
+      </c>
+      <c r="E12" s="29">
+        <v>0</v>
+      </c>
+      <c r="F12" s="30">
+        <v>0</v>
+      </c>
+      <c r="G12" s="31">
+        <v>0</v>
+      </c>
+      <c r="H12" s="32">
+        <v>0</v>
+      </c>
+      <c r="I12" s="29">
+        <v>0</v>
+      </c>
+      <c r="J12" s="30">
+        <v>0</v>
+      </c>
+      <c r="K12" s="31">
+        <v>1</v>
+      </c>
+      <c r="L12" s="37">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="15">
+      <c r="A13" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="B13" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C13" s="27">
+        <v>0</v>
+      </c>
+      <c r="D13" s="28">
+        <v>0</v>
+      </c>
+      <c r="E13" s="29">
+        <v>0</v>
+      </c>
+      <c r="F13" s="30">
+        <v>0</v>
+      </c>
+      <c r="G13" s="31">
+        <v>0</v>
+      </c>
+      <c r="H13" s="32">
+        <v>0</v>
+      </c>
+      <c r="I13" s="29">
+        <v>0</v>
+      </c>
+      <c r="J13" s="30">
+        <v>0</v>
+      </c>
+      <c r="K13" s="31">
+        <v>1</v>
+      </c>
+      <c r="L13" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="15">
+      <c r="A14" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="B14" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C14" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" s="28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" s="29" t="s">
+        <v>13</v>
+      </c>
+      <c r="F14" s="30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="31" t="s">
+        <v>13</v>
+      </c>
+      <c r="H14" s="32" t="s">
+        <v>13</v>
+      </c>
+      <c r="I14" s="29">
+        <v>2</v>
+      </c>
+      <c r="J14" s="30">
+        <v>1</v>
+      </c>
+      <c r="K14" s="31">
+        <v>0</v>
+      </c>
+      <c r="L14" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="15">
+      <c r="A15" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="B15" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C15" s="27">
+        <v>0</v>
+      </c>
+      <c r="D15" s="28">
+        <v>0</v>
+      </c>
+      <c r="E15" s="29">
+        <v>0</v>
+      </c>
+      <c r="F15" s="30">
+        <v>0</v>
+      </c>
+      <c r="G15" s="31">
+        <v>0</v>
+      </c>
+      <c r="H15" s="32">
+        <v>0</v>
+      </c>
+      <c r="I15" s="29">
+        <v>1</v>
+      </c>
+      <c r="J15" s="30">
+        <v>1</v>
+      </c>
+      <c r="K15" s="31">
+        <v>0</v>
+      </c>
+      <c r="L15" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" ht="15">
+      <c r="A16" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="B16" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C16" s="27">
+        <v>0</v>
+      </c>
+      <c r="D16" s="28">
+        <v>0</v>
+      </c>
+      <c r="E16" s="29">
+        <v>0</v>
+      </c>
+      <c r="F16" s="30">
+        <v>0</v>
+      </c>
+      <c r="G16" s="31">
+        <v>0</v>
+      </c>
+      <c r="H16" s="32">
+        <v>0</v>
+      </c>
+      <c r="I16" s="29">
+        <v>0</v>
+      </c>
+      <c r="J16" s="30">
+        <v>0</v>
+      </c>
+      <c r="K16" s="31">
+        <v>1</v>
+      </c>
+      <c r="L16" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" ht="15">
+      <c r="A17" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="B17" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C17" s="27">
+        <v>5</v>
+      </c>
+      <c r="D17" s="28">
+        <v>0</v>
+      </c>
+      <c r="E17" s="29">
+        <v>6</v>
+      </c>
+      <c r="F17" s="30">
+        <v>0</v>
+      </c>
+      <c r="G17" s="31">
+        <v>5</v>
+      </c>
+      <c r="H17" s="32">
+        <v>0</v>
+      </c>
+      <c r="I17" s="29">
         <v>4</v>
       </c>
-      <c r="D6" s="17"/>
-      <c r="E6" s="16" t="s">
+      <c r="J17" s="30">
+        <v>0</v>
+      </c>
+      <c r="K17" s="31">
+        <v>6</v>
+      </c>
+      <c r="L17" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" ht="15">
+      <c r="A18" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="B18" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C18" s="27">
+        <v>1</v>
+      </c>
+      <c r="D18" s="28">
+        <v>1</v>
+      </c>
+      <c r="E18" s="29">
+        <v>3</v>
+      </c>
+      <c r="F18" s="30">
+        <v>0</v>
+      </c>
+      <c r="G18" s="31">
+        <v>1</v>
+      </c>
+      <c r="H18" s="32">
+        <v>1</v>
+      </c>
+      <c r="I18" s="29">
+        <v>2</v>
+      </c>
+      <c r="J18" s="30">
+        <v>0</v>
+      </c>
+      <c r="K18" s="31">
+        <v>3</v>
+      </c>
+      <c r="L18" s="37">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" ht="15">
+      <c r="A19" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="B19" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C19" s="27">
+        <v>0</v>
+      </c>
+      <c r="D19" s="28">
+        <v>0</v>
+      </c>
+      <c r="E19" s="29">
+        <v>3</v>
+      </c>
+      <c r="F19" s="30">
+        <v>0</v>
+      </c>
+      <c r="G19" s="31">
+        <v>0</v>
+      </c>
+      <c r="H19" s="32">
+        <v>0</v>
+      </c>
+      <c r="I19" s="29">
+        <v>1</v>
+      </c>
+      <c r="J19" s="30">
+        <v>0</v>
+      </c>
+      <c r="K19" s="31">
+        <v>1</v>
+      </c>
+      <c r="L19" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" ht="15">
+      <c r="A20" s="18" t="s">
+        <v>30</v>
+      </c>
+      <c r="B20" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C20" s="27">
+        <v>0</v>
+      </c>
+      <c r="D20" s="28">
+        <v>0</v>
+      </c>
+      <c r="E20" s="29">
+        <v>1</v>
+      </c>
+      <c r="F20" s="30">
+        <v>0</v>
+      </c>
+      <c r="G20" s="31">
+        <v>0</v>
+      </c>
+      <c r="H20" s="32">
+        <v>0</v>
+      </c>
+      <c r="I20" s="29">
+        <v>0</v>
+      </c>
+      <c r="J20" s="30">
+        <v>0</v>
+      </c>
+      <c r="K20" s="31">
+        <v>0</v>
+      </c>
+      <c r="L20" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" ht="15">
+      <c r="A21" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="B21" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C21" s="27">
+        <v>0</v>
+      </c>
+      <c r="D21" s="28">
+        <v>0</v>
+      </c>
+      <c r="E21" s="29">
+        <v>3</v>
+      </c>
+      <c r="F21" s="30">
+        <v>0</v>
+      </c>
+      <c r="G21" s="31">
+        <v>0</v>
+      </c>
+      <c r="H21" s="32">
+        <v>0</v>
+      </c>
+      <c r="I21" s="29">
+        <v>2</v>
+      </c>
+      <c r="J21" s="30">
+        <v>0</v>
+      </c>
+      <c r="K21" s="31">
+        <v>2</v>
+      </c>
+      <c r="L21" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" ht="15">
+      <c r="A22" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="B22" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C22" s="27">
+        <v>0</v>
+      </c>
+      <c r="D22" s="28">
+        <v>0</v>
+      </c>
+      <c r="E22" s="29">
+        <v>0</v>
+      </c>
+      <c r="F22" s="30">
+        <v>0</v>
+      </c>
+      <c r="G22" s="31">
+        <v>0</v>
+      </c>
+      <c r="H22" s="32">
+        <v>0</v>
+      </c>
+      <c r="I22" s="29">
+        <v>2</v>
+      </c>
+      <c r="J22" s="30">
+        <v>0</v>
+      </c>
+      <c r="K22" s="31">
+        <v>0</v>
+      </c>
+      <c r="L22" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" ht="15">
+      <c r="A23" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="B23" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C23" s="27">
+        <v>10</v>
+      </c>
+      <c r="D23" s="28">
+        <v>0</v>
+      </c>
+      <c r="E23" s="29">
+        <v>0</v>
+      </c>
+      <c r="F23" s="30">
+        <v>0</v>
+      </c>
+      <c r="G23" s="31">
+        <v>0</v>
+      </c>
+      <c r="H23" s="32">
+        <v>0</v>
+      </c>
+      <c r="I23" s="29">
+        <v>0</v>
+      </c>
+      <c r="J23" s="30">
+        <v>0</v>
+      </c>
+      <c r="K23" s="31">
+        <v>0</v>
+      </c>
+      <c r="L23" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" ht="15">
+      <c r="A24" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="B24" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C24" s="27">
+        <v>0</v>
+      </c>
+      <c r="D24" s="28">
+        <v>0</v>
+      </c>
+      <c r="E24" s="29">
+        <v>0</v>
+      </c>
+      <c r="F24" s="30">
+        <v>0</v>
+      </c>
+      <c r="G24" s="31">
+        <v>0</v>
+      </c>
+      <c r="H24" s="32">
+        <v>0</v>
+      </c>
+      <c r="I24" s="29">
+        <v>0</v>
+      </c>
+      <c r="J24" s="30">
+        <v>0</v>
+      </c>
+      <c r="K24" s="31">
+        <v>9</v>
+      </c>
+      <c r="L24" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" ht="15">
+      <c r="A25" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="B25" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="C25" s="27">
+        <v>0</v>
+      </c>
+      <c r="D25" s="28">
+        <v>0</v>
+      </c>
+      <c r="E25" s="29">
+        <v>1</v>
+      </c>
+      <c r="F25" s="30">
+        <v>0</v>
+      </c>
+      <c r="G25" s="31">
+        <v>0</v>
+      </c>
+      <c r="H25" s="32">
+        <v>0</v>
+      </c>
+      <c r="I25" s="29">
+        <v>2</v>
+      </c>
+      <c r="J25" s="30">
+        <v>2</v>
+      </c>
+      <c r="K25" s="31">
+        <v>0</v>
+      </c>
+      <c r="L25" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" ht="15">
+      <c r="A26" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="B26" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C26" s="27">
+        <v>1</v>
+      </c>
+      <c r="D26" s="28">
+        <v>0</v>
+      </c>
+      <c r="E26" s="29">
+        <v>0</v>
+      </c>
+      <c r="F26" s="30">
+        <v>0</v>
+      </c>
+      <c r="G26" s="31">
+        <v>1</v>
+      </c>
+      <c r="H26" s="32">
+        <v>0</v>
+      </c>
+      <c r="I26" s="29">
+        <v>0</v>
+      </c>
+      <c r="J26" s="30">
+        <v>0</v>
+      </c>
+      <c r="K26" s="31">
+        <v>0</v>
+      </c>
+      <c r="L26" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" ht="15">
+      <c r="A27" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="B27" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C27" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" s="28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="29" t="s">
+        <v>13</v>
+      </c>
+      <c r="F27" s="30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" s="31" t="s">
+        <v>13</v>
+      </c>
+      <c r="H27" s="32" t="s">
+        <v>13</v>
+      </c>
+      <c r="I27" s="29">
+        <v>1</v>
+      </c>
+      <c r="J27" s="30">
+        <v>0</v>
+      </c>
+      <c r="K27" s="31">
+        <v>0</v>
+      </c>
+      <c r="L27" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" ht="15">
+      <c r="A28" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B28" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C28" s="27">
+        <v>1</v>
+      </c>
+      <c r="D28" s="28">
+        <v>0</v>
+      </c>
+      <c r="E28" s="29">
+        <v>0</v>
+      </c>
+      <c r="F28" s="30">
+        <v>0</v>
+      </c>
+      <c r="G28" s="31">
+        <v>1</v>
+      </c>
+      <c r="H28" s="32">
+        <v>0</v>
+      </c>
+      <c r="I28" s="29">
+        <v>1</v>
+      </c>
+      <c r="J28" s="30">
+        <v>0</v>
+      </c>
+      <c r="K28" s="31">
+        <v>0</v>
+      </c>
+      <c r="L28" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" ht="15">
+      <c r="A29" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B29" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C29" s="27">
         <v>5</v>
       </c>
-      <c r="F6" s="16"/>
-      <c r="G6" s="18" t="s">
+      <c r="D29" s="28">
+        <v>0</v>
+      </c>
+      <c r="E29" s="29">
+        <v>4</v>
+      </c>
+      <c r="F29" s="30">
+        <v>0</v>
+      </c>
+      <c r="G29" s="31">
+        <v>0</v>
+      </c>
+      <c r="H29" s="32">
+        <v>0</v>
+      </c>
+      <c r="I29" s="29">
         <v>6</v>
       </c>
-      <c r="H6" s="19"/>
-[...4 lines deleted...]
-      <c r="K6" s="20" t="s">
+      <c r="J29" s="30">
+        <v>0</v>
+      </c>
+      <c r="K29" s="31">
+        <v>3</v>
+      </c>
+      <c r="L29" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" ht="15">
+      <c r="A30" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="B30" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C30" s="27">
+        <v>0</v>
+      </c>
+      <c r="D30" s="28">
+        <v>0</v>
+      </c>
+      <c r="E30" s="29">
+        <v>3</v>
+      </c>
+      <c r="F30" s="30">
+        <v>0</v>
+      </c>
+      <c r="G30" s="31">
+        <v>0</v>
+      </c>
+      <c r="H30" s="32">
+        <v>0</v>
+      </c>
+      <c r="I30" s="29">
+        <v>0</v>
+      </c>
+      <c r="J30" s="30">
+        <v>0</v>
+      </c>
+      <c r="K30" s="31">
+        <v>2</v>
+      </c>
+      <c r="L30" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" ht="15">
+      <c r="A31" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="B31" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C31" s="27">
+        <v>2</v>
+      </c>
+      <c r="D31" s="28">
+        <v>0</v>
+      </c>
+      <c r="E31" s="29">
+        <v>1</v>
+      </c>
+      <c r="F31" s="30">
+        <v>0</v>
+      </c>
+      <c r="G31" s="31">
+        <v>2</v>
+      </c>
+      <c r="H31" s="32">
+        <v>0</v>
+      </c>
+      <c r="I31" s="29">
+        <v>4</v>
+      </c>
+      <c r="J31" s="30">
+        <v>0</v>
+      </c>
+      <c r="K31" s="31">
+        <v>3</v>
+      </c>
+      <c r="L31" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" ht="15">
+      <c r="A32" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="B32" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C32" s="27">
+        <v>0</v>
+      </c>
+      <c r="D32" s="28">
+        <v>0</v>
+      </c>
+      <c r="E32" s="29">
+        <v>0</v>
+      </c>
+      <c r="F32" s="30">
+        <v>0</v>
+      </c>
+      <c r="G32" s="31">
+        <v>0</v>
+      </c>
+      <c r="H32" s="32">
+        <v>0</v>
+      </c>
+      <c r="I32" s="29">
+        <v>0</v>
+      </c>
+      <c r="J32" s="30">
+        <v>0</v>
+      </c>
+      <c r="K32" s="31">
+        <v>0</v>
+      </c>
+      <c r="L32" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" ht="15">
+      <c r="A33" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="B33" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="C33" s="27">
+        <v>0</v>
+      </c>
+      <c r="D33" s="28">
+        <v>0</v>
+      </c>
+      <c r="E33" s="29">
+        <v>1</v>
+      </c>
+      <c r="F33" s="30">
+        <v>0</v>
+      </c>
+      <c r="G33" s="31">
+        <v>0</v>
+      </c>
+      <c r="H33" s="32">
+        <v>0</v>
+      </c>
+      <c r="I33" s="29">
+        <v>1</v>
+      </c>
+      <c r="J33" s="30">
+        <v>0</v>
+      </c>
+      <c r="K33" s="31">
+        <v>0</v>
+      </c>
+      <c r="L33" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" ht="15">
+      <c r="A34" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="B34" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C34" s="27">
+        <v>0</v>
+      </c>
+      <c r="D34" s="28">
+        <v>0</v>
+      </c>
+      <c r="E34" s="29">
+        <v>0</v>
+      </c>
+      <c r="F34" s="30">
+        <v>0</v>
+      </c>
+      <c r="G34" s="31">
+        <v>0</v>
+      </c>
+      <c r="H34" s="32">
+        <v>0</v>
+      </c>
+      <c r="I34" s="29">
+        <v>0</v>
+      </c>
+      <c r="J34" s="30">
+        <v>0</v>
+      </c>
+      <c r="K34" s="31">
+        <v>3</v>
+      </c>
+      <c r="L34" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" ht="15">
+      <c r="A35" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="B35" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C35" s="27">
+        <v>0</v>
+      </c>
+      <c r="D35" s="28">
+        <v>0</v>
+      </c>
+      <c r="E35" s="29">
+        <v>0</v>
+      </c>
+      <c r="F35" s="30">
+        <v>0</v>
+      </c>
+      <c r="G35" s="31">
+        <v>0</v>
+      </c>
+      <c r="H35" s="32">
+        <v>0</v>
+      </c>
+      <c r="I35" s="29">
+        <v>1</v>
+      </c>
+      <c r="J35" s="30">
+        <v>1</v>
+      </c>
+      <c r="K35" s="31">
+        <v>0</v>
+      </c>
+      <c r="L35" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" ht="15">
+      <c r="A36" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="B36" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C36" s="27">
+        <v>0</v>
+      </c>
+      <c r="D36" s="28">
+        <v>0</v>
+      </c>
+      <c r="E36" s="29">
+        <v>4</v>
+      </c>
+      <c r="F36" s="30">
+        <v>0</v>
+      </c>
+      <c r="G36" s="31">
+        <v>0</v>
+      </c>
+      <c r="H36" s="32">
+        <v>0</v>
+      </c>
+      <c r="I36" s="29">
+        <v>9</v>
+      </c>
+      <c r="J36" s="30">
+        <v>0</v>
+      </c>
+      <c r="K36" s="31">
+        <v>1</v>
+      </c>
+      <c r="L36" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" ht="15">
+      <c r="A37" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="B37" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C37" s="27">
+        <v>0</v>
+      </c>
+      <c r="D37" s="28">
+        <v>0</v>
+      </c>
+      <c r="E37" s="29">
+        <v>1</v>
+      </c>
+      <c r="F37" s="30">
+        <v>1</v>
+      </c>
+      <c r="G37" s="31">
+        <v>0</v>
+      </c>
+      <c r="H37" s="32">
+        <v>0</v>
+      </c>
+      <c r="I37" s="29">
+        <v>2</v>
+      </c>
+      <c r="J37" s="30">
+        <v>0</v>
+      </c>
+      <c r="K37" s="31">
+        <v>3</v>
+      </c>
+      <c r="L37" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" ht="15">
+      <c r="A38" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="B38" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C38" s="27">
+        <v>0</v>
+      </c>
+      <c r="D38" s="28">
+        <v>0</v>
+      </c>
+      <c r="E38" s="29">
+        <v>2</v>
+      </c>
+      <c r="F38" s="30">
+        <v>0</v>
+      </c>
+      <c r="G38" s="31">
+        <v>0</v>
+      </c>
+      <c r="H38" s="32">
+        <v>0</v>
+      </c>
+      <c r="I38" s="29">
+        <v>0</v>
+      </c>
+      <c r="J38" s="30">
+        <v>0</v>
+      </c>
+      <c r="K38" s="31">
+        <v>0</v>
+      </c>
+      <c r="L38" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" ht="15">
+      <c r="A39" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="B39" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C39" s="27">
+        <v>0</v>
+      </c>
+      <c r="D39" s="28">
+        <v>0</v>
+      </c>
+      <c r="E39" s="29">
+        <v>0</v>
+      </c>
+      <c r="F39" s="30">
+        <v>0</v>
+      </c>
+      <c r="G39" s="31">
+        <v>0</v>
+      </c>
+      <c r="H39" s="32">
+        <v>0</v>
+      </c>
+      <c r="I39" s="29">
+        <v>2</v>
+      </c>
+      <c r="J39" s="30">
+        <v>0</v>
+      </c>
+      <c r="K39" s="31">
+        <v>1</v>
+      </c>
+      <c r="L39" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" ht="15">
+      <c r="A40" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="B40" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C40" s="27">
+        <v>0</v>
+      </c>
+      <c r="D40" s="28">
+        <v>0</v>
+      </c>
+      <c r="E40" s="29">
+        <v>0</v>
+      </c>
+      <c r="F40" s="30">
+        <v>0</v>
+      </c>
+      <c r="G40" s="31">
+        <v>0</v>
+      </c>
+      <c r="H40" s="32">
+        <v>0</v>
+      </c>
+      <c r="I40" s="29">
+        <v>0</v>
+      </c>
+      <c r="J40" s="30">
+        <v>0</v>
+      </c>
+      <c r="K40" s="31">
+        <v>5</v>
+      </c>
+      <c r="L40" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" ht="15">
+      <c r="A41" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="B41" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C41" s="27">
+        <v>2</v>
+      </c>
+      <c r="D41" s="28">
+        <v>0</v>
+      </c>
+      <c r="E41" s="29">
         <v>8</v>
       </c>
-      <c r="L6" s="21"/>
-[...43 lines deleted...]
-      <c r="B8" s="23" t="s">
+      <c r="F41" s="30">
+        <v>0</v>
+      </c>
+      <c r="G41" s="31">
+        <v>2</v>
+      </c>
+      <c r="H41" s="32">
+        <v>0</v>
+      </c>
+      <c r="I41" s="29">
+        <v>1</v>
+      </c>
+      <c r="J41" s="30">
+        <v>0</v>
+      </c>
+      <c r="K41" s="31">
+        <v>2</v>
+      </c>
+      <c r="L41" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" ht="15">
+      <c r="A42" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="B42" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C42" s="27">
+        <v>0</v>
+      </c>
+      <c r="D42" s="28">
+        <v>0</v>
+      </c>
+      <c r="E42" s="29">
+        <v>3</v>
+      </c>
+      <c r="F42" s="30">
+        <v>0</v>
+      </c>
+      <c r="G42" s="31">
+        <v>0</v>
+      </c>
+      <c r="H42" s="32">
+        <v>0</v>
+      </c>
+      <c r="I42" s="29">
+        <v>0</v>
+      </c>
+      <c r="J42" s="30">
+        <v>0</v>
+      </c>
+      <c r="K42" s="31">
+        <v>0</v>
+      </c>
+      <c r="L42" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" ht="15">
+      <c r="A43" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="B43" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C43" s="27">
+        <v>0</v>
+      </c>
+      <c r="D43" s="28">
+        <v>0</v>
+      </c>
+      <c r="E43" s="29">
+        <v>2</v>
+      </c>
+      <c r="F43" s="30">
+        <v>1</v>
+      </c>
+      <c r="G43" s="31">
+        <v>0</v>
+      </c>
+      <c r="H43" s="32">
+        <v>0</v>
+      </c>
+      <c r="I43" s="29">
+        <v>0</v>
+      </c>
+      <c r="J43" s="30">
+        <v>0</v>
+      </c>
+      <c r="K43" s="31">
+        <v>0</v>
+      </c>
+      <c r="L43" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" ht="15">
+      <c r="A44" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="B44" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C44" s="27">
+        <v>0</v>
+      </c>
+      <c r="D44" s="28">
+        <v>0</v>
+      </c>
+      <c r="E44" s="29">
+        <v>1</v>
+      </c>
+      <c r="F44" s="30">
+        <v>0</v>
+      </c>
+      <c r="G44" s="31">
+        <v>0</v>
+      </c>
+      <c r="H44" s="32">
+        <v>0</v>
+      </c>
+      <c r="I44" s="29">
+        <v>0</v>
+      </c>
+      <c r="J44" s="30">
+        <v>0</v>
+      </c>
+      <c r="K44" s="31">
+        <v>0</v>
+      </c>
+      <c r="L44" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" ht="15">
+      <c r="A45" s="18" t="s">
+        <v>55</v>
+      </c>
+      <c r="B45" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C45" s="27">
+        <v>0</v>
+      </c>
+      <c r="D45" s="28">
+        <v>0</v>
+      </c>
+      <c r="E45" s="29">
+        <v>0</v>
+      </c>
+      <c r="F45" s="30">
+        <v>0</v>
+      </c>
+      <c r="G45" s="31">
+        <v>0</v>
+      </c>
+      <c r="H45" s="32">
+        <v>0</v>
+      </c>
+      <c r="I45" s="29">
+        <v>0</v>
+      </c>
+      <c r="J45" s="30">
+        <v>0</v>
+      </c>
+      <c r="K45" s="31">
+        <v>0</v>
+      </c>
+      <c r="L45" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" ht="15">
+      <c r="A46" s="18" t="s">
+        <v>56</v>
+      </c>
+      <c r="B46" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C46" s="27">
+        <v>0</v>
+      </c>
+      <c r="D46" s="28">
+        <v>0</v>
+      </c>
+      <c r="E46" s="29">
+        <v>0</v>
+      </c>
+      <c r="F46" s="30">
+        <v>0</v>
+      </c>
+      <c r="G46" s="31">
+        <v>0</v>
+      </c>
+      <c r="H46" s="32">
+        <v>0</v>
+      </c>
+      <c r="I46" s="29">
+        <v>0</v>
+      </c>
+      <c r="J46" s="30">
+        <v>0</v>
+      </c>
+      <c r="K46" s="31">
+        <v>2</v>
+      </c>
+      <c r="L46" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" ht="15">
+      <c r="A47" s="18" t="s">
+        <v>57</v>
+      </c>
+      <c r="B47" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C47" s="27">
+        <v>2</v>
+      </c>
+      <c r="D47" s="28">
+        <v>0</v>
+      </c>
+      <c r="E47" s="29">
+        <v>0</v>
+      </c>
+      <c r="F47" s="30">
+        <v>0</v>
+      </c>
+      <c r="G47" s="31">
+        <v>2</v>
+      </c>
+      <c r="H47" s="32">
+        <v>0</v>
+      </c>
+      <c r="I47" s="29">
+        <v>0</v>
+      </c>
+      <c r="J47" s="30">
+        <v>0</v>
+      </c>
+      <c r="K47" s="31">
+        <v>2</v>
+      </c>
+      <c r="L47" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" ht="15">
+      <c r="A48" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="B48" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C48" s="27" t="s">
         <v>13</v>
       </c>
-      <c r="C8" s="31">
-[...34 lines deleted...]
-      <c r="B9" s="23" t="s">
+      <c r="D48" s="28" t="s">
         <v>13</v>
       </c>
-      <c r="C9" s="31" t="s">
-[...34 lines deleted...]
-      <c r="B10" s="23" t="s">
+      <c r="E48" s="29" t="s">
         <v>13</v>
       </c>
-      <c r="C10" s="31">
-[...31 lines deleted...]
-      <c r="A11" s="22" t="s">
+      <c r="F48" s="30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" s="31" t="s">
+        <v>13</v>
+      </c>
+      <c r="H48" s="32" t="s">
+        <v>13</v>
+      </c>
+      <c r="I48" s="29">
+        <v>2</v>
+      </c>
+      <c r="J48" s="30">
+        <v>0</v>
+      </c>
+      <c r="K48" s="31">
+        <v>0</v>
+      </c>
+      <c r="L48" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" ht="15">
+      <c r="A49" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="B49" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C49" s="27">
+        <v>0</v>
+      </c>
+      <c r="D49" s="28">
+        <v>0</v>
+      </c>
+      <c r="E49" s="29">
+        <v>0</v>
+      </c>
+      <c r="F49" s="30">
+        <v>0</v>
+      </c>
+      <c r="G49" s="31">
+        <v>0</v>
+      </c>
+      <c r="H49" s="32">
+        <v>0</v>
+      </c>
+      <c r="I49" s="29">
+        <v>1</v>
+      </c>
+      <c r="J49" s="30">
+        <v>0</v>
+      </c>
+      <c r="K49" s="31">
+        <v>1</v>
+      </c>
+      <c r="L49" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" ht="15">
+      <c r="A50" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="B50" s="19" t="s">
         <v>17</v>
       </c>
-      <c r="B11" s="23" t="s">
-[...14 lines deleted...]
-      <c r="G11" s="33">
+      <c r="C50" s="27">
+        <v>1</v>
+      </c>
+      <c r="D50" s="28">
+        <v>0</v>
+      </c>
+      <c r="E50" s="29">
+        <v>0</v>
+      </c>
+      <c r="F50" s="30">
+        <v>0</v>
+      </c>
+      <c r="G50" s="31">
+        <v>1</v>
+      </c>
+      <c r="H50" s="32">
+        <v>0</v>
+      </c>
+      <c r="I50" s="29">
+        <v>0</v>
+      </c>
+      <c r="J50" s="30">
+        <v>0</v>
+      </c>
+      <c r="K50" s="31">
+        <v>0</v>
+      </c>
+      <c r="L50" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" ht="15">
+      <c r="A51" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="B51" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="C51" s="27">
+        <v>0</v>
+      </c>
+      <c r="D51" s="28">
+        <v>0</v>
+      </c>
+      <c r="E51" s="29">
+        <v>0</v>
+      </c>
+      <c r="F51" s="30">
+        <v>0</v>
+      </c>
+      <c r="G51" s="31">
+        <v>0</v>
+      </c>
+      <c r="H51" s="32">
+        <v>0</v>
+      </c>
+      <c r="I51" s="29">
+        <v>1</v>
+      </c>
+      <c r="J51" s="30">
+        <v>0</v>
+      </c>
+      <c r="K51" s="31">
+        <v>0</v>
+      </c>
+      <c r="L51" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" ht="15">
+      <c r="A52" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="B52" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C52" s="27">
+        <v>0</v>
+      </c>
+      <c r="D52" s="27">
+        <v>0</v>
+      </c>
+      <c r="E52" s="27">
+        <v>3</v>
+      </c>
+      <c r="F52" s="27">
+        <v>0</v>
+      </c>
+      <c r="G52" s="27">
+        <v>0</v>
+      </c>
+      <c r="H52" s="28">
+        <v>0</v>
+      </c>
+      <c r="I52" s="29">
+        <v>0</v>
+      </c>
+      <c r="J52" s="30">
+        <v>0</v>
+      </c>
+      <c r="K52" s="31">
+        <v>1</v>
+      </c>
+      <c r="L52" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" ht="15">
+      <c r="A53" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="B53" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C53" s="27">
+        <v>2</v>
+      </c>
+      <c r="D53" s="27">
+        <v>0</v>
+      </c>
+      <c r="E53" s="27">
+        <v>3</v>
+      </c>
+      <c r="F53" s="27">
+        <v>0</v>
+      </c>
+      <c r="G53" s="27">
+        <v>2</v>
+      </c>
+      <c r="H53" s="28">
+        <v>0</v>
+      </c>
+      <c r="I53" s="29">
+        <v>3</v>
+      </c>
+      <c r="J53" s="30">
+        <v>0</v>
+      </c>
+      <c r="K53" s="31">
+        <v>4</v>
+      </c>
+      <c r="L53" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" ht="15">
+      <c r="A54" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="B54" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C54" s="27">
+        <v>0</v>
+      </c>
+      <c r="D54" s="27">
+        <v>0</v>
+      </c>
+      <c r="E54" s="27">
+        <v>0</v>
+      </c>
+      <c r="F54" s="27">
+        <v>0</v>
+      </c>
+      <c r="G54" s="27">
+        <v>0</v>
+      </c>
+      <c r="H54" s="28">
+        <v>0</v>
+      </c>
+      <c r="I54" s="29">
+        <v>0</v>
+      </c>
+      <c r="J54" s="30">
+        <v>0</v>
+      </c>
+      <c r="K54" s="31">
+        <v>0</v>
+      </c>
+      <c r="L54" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" ht="15">
+      <c r="A55" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="B55" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C55" s="27">
+        <v>0</v>
+      </c>
+      <c r="D55" s="27">
+        <v>0</v>
+      </c>
+      <c r="E55" s="27">
+        <v>0</v>
+      </c>
+      <c r="F55" s="27">
+        <v>0</v>
+      </c>
+      <c r="G55" s="27">
+        <v>0</v>
+      </c>
+      <c r="H55" s="28">
+        <v>0</v>
+      </c>
+      <c r="I55" s="29">
+        <v>0</v>
+      </c>
+      <c r="J55" s="30">
+        <v>0</v>
+      </c>
+      <c r="K55" s="31">
+        <v>0</v>
+      </c>
+      <c r="L55" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" ht="15">
+      <c r="A56" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="B56" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C56" s="27">
+        <v>1</v>
+      </c>
+      <c r="D56" s="27">
+        <v>0</v>
+      </c>
+      <c r="E56" s="27">
+        <v>0</v>
+      </c>
+      <c r="F56" s="27">
+        <v>0</v>
+      </c>
+      <c r="G56" s="27">
+        <v>0</v>
+      </c>
+      <c r="H56" s="28">
+        <v>0</v>
+      </c>
+      <c r="I56" s="29">
+        <v>0</v>
+      </c>
+      <c r="J56" s="30">
+        <v>0</v>
+      </c>
+      <c r="K56" s="31">
+        <v>0</v>
+      </c>
+      <c r="L56" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" ht="15">
+      <c r="A57" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="B57" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C57" s="27">
+        <v>0</v>
+      </c>
+      <c r="D57" s="27">
+        <v>0</v>
+      </c>
+      <c r="E57" s="27">
+        <v>1</v>
+      </c>
+      <c r="F57" s="27">
+        <v>0</v>
+      </c>
+      <c r="G57" s="27">
+        <v>0</v>
+      </c>
+      <c r="H57" s="28">
+        <v>0</v>
+      </c>
+      <c r="I57" s="29">
+        <v>0</v>
+      </c>
+      <c r="J57" s="30">
+        <v>0</v>
+      </c>
+      <c r="K57" s="31">
+        <v>0</v>
+      </c>
+      <c r="L57" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" ht="15">
+      <c r="A58" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="B58" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C58" s="27">
+        <v>0</v>
+      </c>
+      <c r="D58" s="27">
+        <v>0</v>
+      </c>
+      <c r="E58" s="27">
+        <v>0</v>
+      </c>
+      <c r="F58" s="27">
+        <v>0</v>
+      </c>
+      <c r="G58" s="27">
+        <v>0</v>
+      </c>
+      <c r="H58" s="28">
+        <v>0</v>
+      </c>
+      <c r="I58" s="29">
+        <v>0</v>
+      </c>
+      <c r="J58" s="30">
+        <v>0</v>
+      </c>
+      <c r="K58" s="31">
+        <v>0</v>
+      </c>
+      <c r="L58" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" ht="15">
+      <c r="A59" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="B59" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C59" s="27">
+        <v>0</v>
+      </c>
+      <c r="D59" s="28">
+        <v>0</v>
+      </c>
+      <c r="E59" s="29">
+        <v>0</v>
+      </c>
+      <c r="F59" s="30">
+        <v>0</v>
+      </c>
+      <c r="G59" s="31">
+        <v>0</v>
+      </c>
+      <c r="H59" s="32">
+        <v>0</v>
+      </c>
+      <c r="I59" s="29">
+        <v>0</v>
+      </c>
+      <c r="J59" s="30">
+        <v>0</v>
+      </c>
+      <c r="K59" s="31">
+        <v>2</v>
+      </c>
+      <c r="L59" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" ht="15">
+      <c r="A60" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="B60" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C60" s="27">
+        <v>1</v>
+      </c>
+      <c r="D60" s="28">
+        <v>0</v>
+      </c>
+      <c r="E60" s="29">
+        <v>0</v>
+      </c>
+      <c r="F60" s="30">
+        <v>0</v>
+      </c>
+      <c r="G60" s="31">
+        <v>0</v>
+      </c>
+      <c r="H60" s="32">
+        <v>0</v>
+      </c>
+      <c r="I60" s="29">
+        <v>1</v>
+      </c>
+      <c r="J60" s="30">
+        <v>0</v>
+      </c>
+      <c r="K60" s="31">
+        <v>0</v>
+      </c>
+      <c r="L60" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" ht="15">
+      <c r="A61" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="B61" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C61" s="27">
         <v>6</v>
       </c>
-      <c r="H11" s="34">
-[...28 lines deleted...]
-      <c r="E12" s="31">
+      <c r="D61" s="28">
+        <v>0</v>
+      </c>
+      <c r="E61" s="29">
+        <v>1</v>
+      </c>
+      <c r="F61" s="30">
+        <v>0</v>
+      </c>
+      <c r="G61" s="31">
+        <v>0</v>
+      </c>
+      <c r="H61" s="32">
+        <v>0</v>
+      </c>
+      <c r="I61" s="29">
+        <v>1</v>
+      </c>
+      <c r="J61" s="30">
+        <v>0</v>
+      </c>
+      <c r="K61" s="31">
+        <v>3</v>
+      </c>
+      <c r="L61" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" ht="15">
+      <c r="A62" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="B62" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C62" s="27">
+        <v>0</v>
+      </c>
+      <c r="D62" s="28">
+        <v>0</v>
+      </c>
+      <c r="E62" s="29">
+        <v>0</v>
+      </c>
+      <c r="F62" s="30">
+        <v>0</v>
+      </c>
+      <c r="G62" s="31">
+        <v>6</v>
+      </c>
+      <c r="H62" s="32">
+        <v>0</v>
+      </c>
+      <c r="I62" s="29">
+        <v>0</v>
+      </c>
+      <c r="J62" s="30">
+        <v>0</v>
+      </c>
+      <c r="K62" s="31">
+        <v>3</v>
+      </c>
+      <c r="L62" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" ht="15">
+      <c r="A63" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="B63" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C63" s="27">
+        <v>0</v>
+      </c>
+      <c r="D63" s="28">
+        <v>0</v>
+      </c>
+      <c r="E63" s="29">
+        <v>0</v>
+      </c>
+      <c r="F63" s="30">
+        <v>0</v>
+      </c>
+      <c r="G63" s="31">
+        <v>0</v>
+      </c>
+      <c r="H63" s="32">
+        <v>0</v>
+      </c>
+      <c r="I63" s="29">
+        <v>1</v>
+      </c>
+      <c r="J63" s="30">
+        <v>0</v>
+      </c>
+      <c r="K63" s="31">
+        <v>0</v>
+      </c>
+      <c r="L63" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12" ht="15">
+      <c r="A64" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="B64" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C64" s="27">
+        <v>0</v>
+      </c>
+      <c r="D64" s="27">
+        <v>0</v>
+      </c>
+      <c r="E64" s="27">
+        <v>0</v>
+      </c>
+      <c r="F64" s="27">
+        <v>0</v>
+      </c>
+      <c r="G64" s="27">
+        <v>0</v>
+      </c>
+      <c r="H64" s="28">
+        <v>0</v>
+      </c>
+      <c r="I64" s="29">
+        <v>1</v>
+      </c>
+      <c r="J64" s="30">
+        <v>0</v>
+      </c>
+      <c r="K64" s="31">
+        <v>0</v>
+      </c>
+      <c r="L64" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" ht="15">
+      <c r="A65" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="B65" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C65" s="27">
+        <v>0</v>
+      </c>
+      <c r="D65" s="28">
+        <v>0</v>
+      </c>
+      <c r="E65" s="29">
+        <v>0</v>
+      </c>
+      <c r="F65" s="30">
+        <v>0</v>
+      </c>
+      <c r="G65" s="31">
+        <v>0</v>
+      </c>
+      <c r="H65" s="32">
+        <v>0</v>
+      </c>
+      <c r="I65" s="29">
+        <v>0</v>
+      </c>
+      <c r="J65" s="30">
+        <v>0</v>
+      </c>
+      <c r="K65" s="31">
         <v>2</v>
       </c>
-      <c r="F12" s="32">
-[...8 lines deleted...]
-      <c r="I12" s="35">
+      <c r="L65" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" ht="15">
+      <c r="A66" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="B66" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C66" s="27">
+        <v>1</v>
+      </c>
+      <c r="D66" s="28">
+        <v>1</v>
+      </c>
+      <c r="E66" s="29">
+        <v>0</v>
+      </c>
+      <c r="F66" s="30">
+        <v>0</v>
+      </c>
+      <c r="G66" s="31">
+        <v>0</v>
+      </c>
+      <c r="H66" s="32">
+        <v>0</v>
+      </c>
+      <c r="I66" s="29">
+        <v>0</v>
+      </c>
+      <c r="J66" s="30">
+        <v>0</v>
+      </c>
+      <c r="K66" s="31">
+        <v>5</v>
+      </c>
+      <c r="L66" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" ht="15">
+      <c r="A67" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="B67" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C67" s="27">
+        <v>0</v>
+      </c>
+      <c r="D67" s="27">
+        <v>0</v>
+      </c>
+      <c r="E67" s="27">
+        <v>0</v>
+      </c>
+      <c r="F67" s="27">
+        <v>0</v>
+      </c>
+      <c r="G67" s="27">
+        <v>0</v>
+      </c>
+      <c r="H67" s="28">
+        <v>0</v>
+      </c>
+      <c r="I67" s="29">
+        <v>0</v>
+      </c>
+      <c r="J67" s="30">
+        <v>0</v>
+      </c>
+      <c r="K67" s="31">
+        <v>0</v>
+      </c>
+      <c r="L67" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" ht="15">
+      <c r="A68" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="B68" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C68" s="27">
+        <v>1</v>
+      </c>
+      <c r="D68" s="28">
+        <v>0</v>
+      </c>
+      <c r="E68" s="29">
+        <v>0</v>
+      </c>
+      <c r="F68" s="30">
+        <v>0</v>
+      </c>
+      <c r="G68" s="31">
+        <v>1</v>
+      </c>
+      <c r="H68" s="32">
+        <v>0</v>
+      </c>
+      <c r="I68" s="29">
+        <v>1</v>
+      </c>
+      <c r="J68" s="30">
+        <v>0</v>
+      </c>
+      <c r="K68" s="31">
+        <v>1</v>
+      </c>
+      <c r="L68" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12" ht="15">
+      <c r="A69" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="B69" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C69" s="27">
+        <v>0</v>
+      </c>
+      <c r="D69" s="27">
+        <v>0</v>
+      </c>
+      <c r="E69" s="27">
+        <v>0</v>
+      </c>
+      <c r="F69" s="27">
+        <v>0</v>
+      </c>
+      <c r="G69" s="27">
+        <v>0</v>
+      </c>
+      <c r="H69" s="28">
+        <v>0</v>
+      </c>
+      <c r="I69" s="29">
+        <v>0</v>
+      </c>
+      <c r="J69" s="30">
+        <v>0</v>
+      </c>
+      <c r="K69" s="31">
+        <v>0</v>
+      </c>
+      <c r="L69" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:12" ht="15">
+      <c r="A70" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="B70" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C70" s="27">
+        <v>0</v>
+      </c>
+      <c r="D70" s="28">
+        <v>0</v>
+      </c>
+      <c r="E70" s="29">
+        <v>0</v>
+      </c>
+      <c r="F70" s="30">
+        <v>0</v>
+      </c>
+      <c r="G70" s="31">
+        <v>0</v>
+      </c>
+      <c r="H70" s="32">
+        <v>0</v>
+      </c>
+      <c r="I70" s="29">
+        <v>0</v>
+      </c>
+      <c r="J70" s="30">
+        <v>0</v>
+      </c>
+      <c r="K70" s="31">
+        <v>4</v>
+      </c>
+      <c r="L70" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" ht="15">
+      <c r="A71" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="B71" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C71" s="27">
+        <v>1</v>
+      </c>
+      <c r="D71" s="28">
+        <v>0</v>
+      </c>
+      <c r="E71" s="29">
         <v>2</v>
       </c>
-      <c r="J12" s="36">
-[...2 lines deleted...]
-      <c r="K12" s="33">
+      <c r="F71" s="30">
+        <v>0</v>
+      </c>
+      <c r="G71" s="31">
+        <v>0</v>
+      </c>
+      <c r="H71" s="32">
+        <v>0</v>
+      </c>
+      <c r="I71" s="29">
+        <v>0</v>
+      </c>
+      <c r="J71" s="30">
+        <v>0</v>
+      </c>
+      <c r="K71" s="31">
+        <v>0</v>
+      </c>
+      <c r="L71" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12" ht="15">
+      <c r="A72" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="B72" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C72" s="27">
+        <v>0</v>
+      </c>
+      <c r="D72" s="27">
+        <v>0</v>
+      </c>
+      <c r="E72" s="27">
+        <v>0</v>
+      </c>
+      <c r="F72" s="27">
+        <v>0</v>
+      </c>
+      <c r="G72" s="27">
+        <v>0</v>
+      </c>
+      <c r="H72" s="28">
+        <v>0</v>
+      </c>
+      <c r="I72" s="29">
+        <v>0</v>
+      </c>
+      <c r="J72" s="30">
+        <v>0</v>
+      </c>
+      <c r="K72" s="31">
+        <v>0</v>
+      </c>
+      <c r="L72" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12" ht="15">
+      <c r="A73" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="B73" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C73" s="27">
+        <v>0</v>
+      </c>
+      <c r="D73" s="27">
+        <v>0</v>
+      </c>
+      <c r="E73" s="27">
+        <v>0</v>
+      </c>
+      <c r="F73" s="27">
+        <v>0</v>
+      </c>
+      <c r="G73" s="27">
+        <v>0</v>
+      </c>
+      <c r="H73" s="28">
+        <v>0</v>
+      </c>
+      <c r="I73" s="29">
+        <v>0</v>
+      </c>
+      <c r="J73" s="30">
+        <v>0</v>
+      </c>
+      <c r="K73" s="31">
+        <v>0</v>
+      </c>
+      <c r="L73" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12" ht="15">
+      <c r="A74" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="B74" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C74" s="27">
+        <v>3</v>
+      </c>
+      <c r="D74" s="28">
+        <v>1</v>
+      </c>
+      <c r="E74" s="29">
+        <v>1</v>
+      </c>
+      <c r="F74" s="30">
+        <v>0</v>
+      </c>
+      <c r="G74" s="31">
+        <v>0</v>
+      </c>
+      <c r="H74" s="32">
+        <v>0</v>
+      </c>
+      <c r="I74" s="29">
+        <v>0</v>
+      </c>
+      <c r="J74" s="30">
+        <v>0</v>
+      </c>
+      <c r="K74" s="31">
+        <v>0</v>
+      </c>
+      <c r="L74" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12" ht="22.5" customHeight="1">
+      <c r="A75" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="B75" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C75" s="27">
+        <v>2</v>
+      </c>
+      <c r="D75" s="28">
+        <v>0</v>
+      </c>
+      <c r="E75" s="29">
         <v>4</v>
       </c>
-      <c r="L12" s="39">
-[...22 lines deleted...]
-      <c r="G13" s="33">
+      <c r="F75" s="30">
+        <v>0</v>
+      </c>
+      <c r="G75" s="31">
+        <v>0</v>
+      </c>
+      <c r="H75" s="32">
+        <v>0</v>
+      </c>
+      <c r="I75" s="29">
+        <v>1</v>
+      </c>
+      <c r="J75" s="30">
+        <v>0</v>
+      </c>
+      <c r="K75" s="31">
+        <v>1</v>
+      </c>
+      <c r="L75" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12" ht="15">
+      <c r="A76" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="B76" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C76" s="27">
+        <v>0</v>
+      </c>
+      <c r="D76" s="28">
+        <v>0</v>
+      </c>
+      <c r="E76" s="29">
         <v>8</v>
       </c>
-      <c r="H13" s="34">
-[...8 lines deleted...]
-      <c r="K13" s="33">
+      <c r="F76" s="30">
+        <v>1</v>
+      </c>
+      <c r="G76" s="31">
+        <v>0</v>
+      </c>
+      <c r="H76" s="32">
+        <v>0</v>
+      </c>
+      <c r="I76" s="29">
+        <v>0</v>
+      </c>
+      <c r="J76" s="30">
+        <v>0</v>
+      </c>
+      <c r="K76" s="31">
+        <v>0</v>
+      </c>
+      <c r="L76" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12" ht="15">
+      <c r="A77" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="B77" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C77" s="27">
+        <v>1</v>
+      </c>
+      <c r="D77" s="28">
+        <v>0</v>
+      </c>
+      <c r="E77" s="29">
         <v>3</v>
       </c>
-      <c r="L13" s="39">
-[...22 lines deleted...]
-      <c r="G14" s="33">
+      <c r="F77" s="30">
+        <v>0</v>
+      </c>
+      <c r="G77" s="31">
+        <v>1</v>
+      </c>
+      <c r="H77" s="32">
+        <v>0</v>
+      </c>
+      <c r="I77" s="29">
+        <v>3</v>
+      </c>
+      <c r="J77" s="30">
+        <v>0</v>
+      </c>
+      <c r="K77" s="31">
         <v>2</v>
       </c>
-      <c r="H14" s="34">
+      <c r="L77" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:12" ht="15">
+      <c r="A78" s="18" t="s">
+        <v>88</v>
+      </c>
+      <c r="B78" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C78" s="27">
         <v>2</v>
       </c>
-      <c r="I14" s="35">
-[...81 lines deleted...]
-      <c r="K16" s="33">
+      <c r="D78" s="28">
+        <v>0</v>
+      </c>
+      <c r="E78" s="29">
+        <v>0</v>
+      </c>
+      <c r="F78" s="30">
+        <v>0</v>
+      </c>
+      <c r="G78" s="31">
         <v>2</v>
       </c>
-      <c r="L16" s="39">
-[...72 lines deleted...]
-      <c r="K18" s="33">
+      <c r="H78" s="32">
+        <v>0</v>
+      </c>
+      <c r="I78" s="29">
+        <v>2</v>
+      </c>
+      <c r="J78" s="30">
+        <v>0</v>
+      </c>
+      <c r="K78" s="31">
+        <v>0</v>
+      </c>
+      <c r="L78" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:12" ht="15">
+      <c r="A79" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="B79" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C79" s="27">
+        <v>3</v>
+      </c>
+      <c r="D79" s="28">
+        <v>0</v>
+      </c>
+      <c r="E79" s="29">
         <v>4</v>
       </c>
-      <c r="L18" s="39">
-[...22 lines deleted...]
-      <c r="G19" s="33">
+      <c r="F79" s="30">
+        <v>0</v>
+      </c>
+      <c r="G79" s="31">
         <v>3</v>
       </c>
-      <c r="H19" s="34">
-[...8 lines deleted...]
-      <c r="K19" s="33">
+      <c r="H79" s="32">
+        <v>0</v>
+      </c>
+      <c r="I79" s="29">
+        <v>4</v>
+      </c>
+      <c r="J79" s="30">
+        <v>0</v>
+      </c>
+      <c r="K79" s="31">
+        <v>0</v>
+      </c>
+      <c r="L79" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:12" ht="15">
+      <c r="A80" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="B80" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C80" s="27">
+        <v>4</v>
+      </c>
+      <c r="D80" s="28">
+        <v>0</v>
+      </c>
+      <c r="E80" s="29">
+        <v>0</v>
+      </c>
+      <c r="F80" s="30">
+        <v>0</v>
+      </c>
+      <c r="G80" s="31">
+        <v>4</v>
+      </c>
+      <c r="H80" s="32">
+        <v>0</v>
+      </c>
+      <c r="I80" s="29">
+        <v>1</v>
+      </c>
+      <c r="J80" s="30">
+        <v>0</v>
+      </c>
+      <c r="K80" s="31">
+        <v>0</v>
+      </c>
+      <c r="L80" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="81" spans="1:12" ht="15">
+      <c r="A81" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="B81" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C81" s="27">
+        <v>0</v>
+      </c>
+      <c r="D81" s="28">
+        <v>0</v>
+      </c>
+      <c r="E81" s="29">
+        <v>0</v>
+      </c>
+      <c r="F81" s="30">
+        <v>0</v>
+      </c>
+      <c r="G81" s="31">
+        <v>0</v>
+      </c>
+      <c r="H81" s="32">
+        <v>0</v>
+      </c>
+      <c r="I81" s="29">
+        <v>0</v>
+      </c>
+      <c r="J81" s="30">
+        <v>0</v>
+      </c>
+      <c r="K81" s="31">
+        <v>1</v>
+      </c>
+      <c r="L81" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:12" ht="15">
+      <c r="A82" s="38" t="s">
+        <v>92</v>
+      </c>
+      <c r="B82" s="39" t="s">
+        <v>11</v>
+      </c>
+      <c r="C82" s="40">
+        <v>4</v>
+      </c>
+      <c r="D82" s="41">
+        <v>0</v>
+      </c>
+      <c r="E82" s="42">
+        <v>4</v>
+      </c>
+      <c r="F82" s="43">
         <v>2</v>
       </c>
-      <c r="L19" s="39">
-[...364 lines deleted...]
-      <c r="G29" s="33">
+      <c r="G82" s="44">
         <v>4</v>
       </c>
-      <c r="H29" s="34">
-[...2035 lines deleted...]
-      <c r="L83" s="10">
+      <c r="H82" s="43">
+        <v>0</v>
+      </c>
+      <c r="I82" s="42">
+        <v>1</v>
+      </c>
+      <c r="J82" s="43">
+        <v>0</v>
+      </c>
+      <c r="K82" s="31">
+        <v>0</v>
+      </c>
+      <c r="L82" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="83" spans="1:12" ht="12.75">
+      <c r="A83" s="45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B83" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="C83" s="36">
+        <v>0</v>
+      </c>
+      <c r="D83" s="36">
+        <v>0</v>
+      </c>
+      <c r="E83" s="36">
+        <v>0</v>
+      </c>
+      <c r="F83" s="36">
+        <v>0</v>
+      </c>
+      <c r="G83" s="36">
+        <v>0</v>
+      </c>
+      <c r="H83" s="36">
+        <v>0</v>
+      </c>
+      <c r="I83" s="36">
+        <v>0</v>
+      </c>
+      <c r="J83" s="36">
+        <v>0</v>
+      </c>
+      <c r="K83" s="37">
+        <v>1</v>
+      </c>
+      <c r="L83" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:12" ht="15">
       <c r="A84" s="3" t="s">
-        <v>63</v>
+        <v>81</v>
       </c>
       <c r="B84" s="4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C84" s="4">
         <v>2</v>
       </c>
       <c r="D84" s="5">
         <v>0</v>
       </c>
       <c r="E84" s="6">
         <v>1</v>
       </c>
       <c r="F84" s="7">
         <v>0</v>
       </c>
       <c r="G84" s="7">
         <v>2</v>
       </c>
       <c r="H84" s="7">
         <v>0</v>
       </c>
       <c r="I84" s="7">
         <v>0</v>
       </c>
       <c r="J84" s="8">
         <v>0</v>
       </c>
       <c r="K84" s="9">
         <v>2</v>
       </c>
       <c r="L84" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:12" ht="15">
       <c r="A85" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B85" s="4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C85" s="4">
         <v>0</v>
       </c>
       <c r="D85" s="5">
         <v>0</v>
       </c>
       <c r="E85" s="6">
         <v>0</v>
       </c>
       <c r="F85" s="7">
         <v>0</v>
       </c>
       <c r="G85" s="7">
         <v>0</v>
       </c>
       <c r="H85" s="7">
         <v>0</v>
       </c>
       <c r="I85" s="7">
         <v>0</v>
       </c>
       <c r="J85" s="8">
         <v>0</v>
       </c>
       <c r="K85" s="9">
         <v>0</v>
       </c>
       <c r="L85" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:12" ht="15">
       <c r="A86" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B86" s="4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C86" s="4">
         <v>0</v>
       </c>
       <c r="D86" s="5">
         <v>0</v>
       </c>
       <c r="E86" s="6">
         <v>0</v>
       </c>
       <c r="F86" s="7">
         <v>0</v>
       </c>
       <c r="G86" s="7">
         <v>0</v>
       </c>
       <c r="H86" s="7">
         <v>0</v>
       </c>
       <c r="I86" s="7">
         <v>0</v>
       </c>
       <c r="J86" s="8">
         <v>0</v>
       </c>
       <c r="K86" s="9">
         <v>0</v>
       </c>
       <c r="L86" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:12" ht="15">
       <c r="A87" s="3" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="B87" s="4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C87" s="4">
         <v>0</v>
       </c>
       <c r="D87" s="5">
         <v>0</v>
       </c>
       <c r="E87" s="6">
         <v>0</v>
       </c>
       <c r="F87" s="7">
         <v>0</v>
       </c>
       <c r="G87" s="7">
         <v>0</v>
       </c>
       <c r="H87" s="7">
         <v>0</v>
       </c>
       <c r="I87" s="7">
         <v>3</v>
       </c>
       <c r="J87" s="8">
         <v>1</v>
       </c>
       <c r="K87" s="9">
         <v>1</v>
       </c>
       <c r="L87" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:12" ht="15">
       <c r="A88" s="3" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="B88" s="4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C88" s="4">
         <v>1</v>
       </c>
       <c r="D88" s="5">
         <v>0</v>
       </c>
       <c r="E88" s="6">
         <v>2</v>
       </c>
       <c r="F88" s="7">
         <v>0</v>
       </c>
       <c r="G88" s="7">
         <v>4</v>
       </c>
       <c r="H88" s="7">
         <v>0</v>
       </c>
       <c r="I88" s="7">
         <v>0</v>
       </c>
       <c r="J88" s="8">
         <v>0</v>
       </c>
       <c r="K88" s="9">
         <v>1</v>
       </c>
       <c r="L88" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:12" ht="15">
       <c r="A89" s="3" t="s">
-        <v>66</v>
+        <v>86</v>
       </c>
       <c r="B89" s="4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C89" s="4">
         <v>0</v>
       </c>
       <c r="D89" s="5">
         <v>0</v>
       </c>
       <c r="E89" s="6">
         <v>0</v>
       </c>
       <c r="F89" s="7">
         <v>0</v>
       </c>
       <c r="G89" s="7">
         <v>8</v>
       </c>
       <c r="H89" s="7">
         <v>1</v>
       </c>
       <c r="I89" s="7">
         <v>0</v>
       </c>
       <c r="J89" s="8">
         <v>0</v>
       </c>
       <c r="K89" s="9">
         <v>0</v>
       </c>
       <c r="L89" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:12" ht="15">
       <c r="A90" s="3" t="s">
-        <v>67</v>
+        <v>87</v>
       </c>
       <c r="B90" s="4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C90" s="4">
         <v>0</v>
       </c>
       <c r="D90" s="5">
         <v>0</v>
       </c>
       <c r="E90" s="6">
         <v>1</v>
       </c>
       <c r="F90" s="7">
         <v>0</v>
       </c>
       <c r="G90" s="7">
         <v>1</v>
       </c>
       <c r="H90" s="7">
         <v>0</v>
       </c>
       <c r="I90" s="7">
         <v>1</v>
       </c>
       <c r="J90" s="8">
         <v>0</v>
       </c>
       <c r="K90" s="9">
         <v>3</v>
       </c>
       <c r="L90" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:12" ht="15">
       <c r="A91" s="3" t="s">
-        <v>68</v>
+        <v>88</v>
       </c>
       <c r="B91" s="4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C91" s="4">
         <v>0</v>
       </c>
       <c r="D91" s="5">
         <v>0</v>
       </c>
       <c r="E91" s="6">
         <v>0</v>
       </c>
       <c r="F91" s="7">
         <v>0</v>
       </c>
       <c r="G91" s="7">
         <v>0</v>
       </c>
       <c r="H91" s="7">
         <v>0</v>
       </c>
       <c r="I91" s="7">
         <v>2</v>
       </c>
       <c r="J91" s="8">
         <v>0</v>
       </c>
       <c r="K91" s="9">
         <v>0</v>
       </c>
       <c r="L91" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:12" ht="15">
       <c r="A92" s="3" t="s">
-        <v>69</v>
+        <v>89</v>
       </c>
       <c r="B92" s="4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C92" s="4">
         <v>2</v>
       </c>
       <c r="D92" s="5">
         <v>0</v>
       </c>
       <c r="E92" s="6">
         <v>0</v>
       </c>
       <c r="F92" s="7">
         <v>0</v>
       </c>
       <c r="G92" s="7">
         <v>4</v>
       </c>
       <c r="H92" s="7">
         <v>0</v>
       </c>
       <c r="I92" s="7">
         <v>3</v>
       </c>
       <c r="J92" s="8">
         <v>0</v>
       </c>
       <c r="K92" s="9">
         <v>4</v>
       </c>
       <c r="L92" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:12" ht="15">
       <c r="A93" s="3" t="s">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="B93" s="4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C93" s="4">
         <v>0</v>
       </c>
       <c r="D93" s="5">
         <v>0</v>
       </c>
       <c r="E93" s="6">
         <v>3</v>
       </c>
       <c r="F93" s="7">
         <v>0</v>
       </c>
       <c r="G93" s="7">
         <v>0</v>
       </c>
       <c r="H93" s="7">
         <v>0</v>
       </c>
       <c r="I93" s="7">
         <v>4</v>
       </c>
       <c r="J93" s="8">
         <v>0</v>
       </c>
       <c r="K93" s="9">
         <v>0</v>
       </c>
       <c r="L93" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:12" ht="15">
       <c r="A94" s="3" t="s">
-        <v>71</v>
+        <v>92</v>
       </c>
       <c r="B94" s="4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C94" s="4">
         <v>0</v>
       </c>
       <c r="D94" s="5">
         <v>0</v>
       </c>
       <c r="E94" s="6">
         <v>0</v>
       </c>
       <c r="F94" s="7">
         <v>0</v>
       </c>
       <c r="G94" s="7">
         <v>4</v>
       </c>
       <c r="H94" s="7">
         <v>2</v>
       </c>
       <c r="I94" s="7">
         <v>4</v>
       </c>
       <c r="J94" s="8">
         <v>0</v>
       </c>
       <c r="K94" s="9">
         <v>0</v>
       </c>
       <c r="L94" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:12" ht="15">
       <c r="A95" s="3" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="B95" s="4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C95" s="4">
         <v>0</v>
       </c>
       <c r="D95" s="5">
         <v>0</v>
       </c>
       <c r="E95" s="6">
         <v>0</v>
       </c>
       <c r="F95" s="7">
         <v>0</v>
       </c>
       <c r="G95" s="7">
         <v>0</v>
       </c>
       <c r="H95" s="7">
         <v>0</v>
       </c>
       <c r="I95" s="7">
         <v>0</v>
       </c>
       <c r="J95" s="8">
         <v>0</v>
       </c>
       <c r="K95" s="9">
         <v>0</v>
       </c>
       <c r="L95" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:12" ht="15">
       <c r="A96" s="3" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B96" s="4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C96" s="4">
         <v>1</v>
       </c>
       <c r="D96" s="5">
         <v>1</v>
       </c>
       <c r="E96" s="6">
         <v>0</v>
       </c>
       <c r="F96" s="7">
         <v>0</v>
       </c>
       <c r="G96" s="7">
         <v>0</v>
       </c>
       <c r="H96" s="7">
         <v>0</v>
       </c>
       <c r="I96" s="7">
         <v>0</v>
       </c>
       <c r="J96" s="8">
         <v>0</v>
       </c>
       <c r="K96" s="9">
         <v>0</v>
       </c>
       <c r="L96" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:12" ht="15">
       <c r="A97" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="B97" s="4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C97" s="4">
         <v>1</v>
       </c>
       <c r="D97" s="5">
         <v>0</v>
       </c>
       <c r="E97" s="6">
         <v>0</v>
       </c>
       <c r="F97" s="7">
         <v>0</v>
       </c>
       <c r="G97" s="7">
         <v>0</v>
       </c>
       <c r="H97" s="7">
         <v>0</v>
       </c>
       <c r="I97" s="7">
         <v>0</v>
       </c>
       <c r="J97" s="8">
         <v>0</v>
       </c>
       <c r="K97" s="9">
         <v>0</v>
       </c>
       <c r="L97" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:12" ht="15">
       <c r="A98" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="B98" s="4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C98" s="4">
         <v>0</v>
       </c>
       <c r="D98" s="5">
         <v>0</v>
       </c>
       <c r="E98" s="6">
         <v>3</v>
       </c>
       <c r="F98" s="7">
         <v>0</v>
       </c>
       <c r="G98" s="7">
         <v>0</v>
       </c>
       <c r="H98" s="7">
         <v>0</v>
       </c>
       <c r="I98" s="7">
         <v>0</v>
       </c>
       <c r="J98" s="8">
         <v>0</v>
       </c>
@@ -4562,138 +4762,139 @@
       </c>
       <c r="F100">
         <v>1</v>
       </c>
       <c r="G100">
         <v>48</v>
       </c>
       <c r="H100">
         <v>3</v>
       </c>
       <c r="I100">
         <v>67</v>
       </c>
       <c r="J100">
         <v>2</v>
       </c>
       <c r="K100">
         <v>80</v>
       </c>
       <c r="L100">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
-    <mergeCell ref="C6:D6"/>
-[...3 lines deleted...]
-    <mergeCell ref="E6:F6"/>
+    <mergeCell ref="C1:D1"/>
+    <mergeCell ref="E1:F1"/>
+    <mergeCell ref="G1:H1"/>
+    <mergeCell ref="I1:J1"/>
+    <mergeCell ref="K1:L1"/>
   </mergeCells>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...53 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Service Document" ma:contentTypeID="0x010100C50F05A7ED30F54294ADC2B50AFA98D1009E6C9E76C759E14EB9F2D3DD62F17661" ma:contentTypeVersion="18" ma:contentTypeDescription="Custom service document" ma:contentTypeScope="" ma:versionID="d2a4f421a9506c7236e6986f492a3233">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="78a9e8ab-f1c3-4d40-985a-93fd8ee92998" xmlns:ns3="0effdf57-8945-4ab5-a2a1-b358091f1326" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="efdcb6de0e0d4703715e61047fdb9d45" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Service Document" ma:contentTypeID="0x010100C50F05A7ED30F54294ADC2B50AFA98D1009E6C9E76C759E14EB9F2D3DD62F17661" ma:contentTypeVersion="18" ma:contentTypeDescription="Custom service document" ma:contentTypeScope="" ma:versionID="eb90ab2d2c0f040b2ec07be2817f2779">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="78a9e8ab-f1c3-4d40-985a-93fd8ee92998" xmlns:ns3="0effdf57-8945-4ab5-a2a1-b358091f1326" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5331736def436f41b7473052e4752cc8" ns2:_="" ns3:_="">
     <xsd:import namespace="78a9e8ab-f1c3-4d40-985a-93fd8ee92998"/>
     <xsd:import namespace="0effdf57-8945-4ab5-a2a1-b358091f1326"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:Retention" minOccurs="0"/>
                 <xsd:element ref="ns2:DocumentStatus"/>
                 <xsd:element ref="ns2:IsPublicDocument" minOccurs="0"/>
                 <xsd:element ref="ns2:PublicDocumentUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:DisposalDate" minOccurs="0"/>
                 <xsd:element ref="ns2:ffccade9da8a475ab8f1c108c3e23718" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:kedb2ff0ca1e408a99ab642b77c963a5" minOccurs="0"/>
                 <xsd:element ref="ns2:m6f1b19d255b4c43ac68d7531f76a7f7" minOccurs="0"/>
                 <xsd:element ref="ns2:gfbd317b6d45488ba6923c9499396db1" minOccurs="0"/>
                 <xsd:element ref="ns2:l9b9e22c36cb44fca76c18eb4ce001f3" minOccurs="0"/>
                 <xsd:element ref="ns2:f36226996675478285decb82353bbd3c" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
@@ -4968,123 +5169,122 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...48 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <f36226996675478285decb82353bbd3c xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </f36226996675478285decb82353bbd3c>
+    <DisposalDate xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998" xsi:nil="true"/>
+    <l9b9e22c36cb44fca76c18eb4ce001f3 xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">English</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">748e06bf-4d1a-4a4c-bcd9-5803f35d29e0</TermId>
+        </TermInfo>
+      </Terms>
+    </l9b9e22c36cb44fca76c18eb4ce001f3>
+    <PublicDocumentUrl xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Url>https://api.warwickshire.gov.uk/documents/WCCC-214421703-846</Url>
+      <Description>Link</Description>
+    </PublicDocumentUrl>
+    <DocumentStatus xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">Active</DocumentStatus>
+    <gfbd317b6d45488ba6923c9499396db1 xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </gfbd317b6d45488ba6923c9499396db1>
+    <m6f1b19d255b4c43ac68d7531f76a7f7 xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Public</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">d3c6ebfc-cc52-4ccb-bc46-feaefa0989f8</TermId>
+        </TermInfo>
+      </Terms>
+    </m6f1b19d255b4c43ac68d7531f76a7f7>
+    <kedb2ff0ca1e408a99ab642b77c963a5 xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Standard</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">960ba701-3380-41b5-9bb0-3b6b58c1499e</TermId>
+        </TermInfo>
+      </Terms>
+    </kedb2ff0ca1e408a99ab642b77c963a5>
+    <ffccade9da8a475ab8f1c108c3e23718 xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </ffccade9da8a475ab8f1c108c3e23718>
+    <IsPublicDocument xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">true</IsPublicDocument>
+    <Retention xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">2</Retention>
+    <TaxCatchAll xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Value>5</Value>
+      <Value>9</Value>
+      <Value>7</Value>
+    </TaxCatchAll>
+    <_dlc_DocId xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">WCCC-214421703-846</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Url>https://warwickshiregovuk.sharepoint.com/sites/edrm-LS/_layouts/15/DocIdRedir.aspx?ID=WCCC-214421703-846</Url>
+      <Description>WCCC-214421703-846</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB887BE3-C6C5-43DB-BD34-CDB4B228AE93}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5CEA9D2A-0A20-40F9-8ECA-E4021FCCA391}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62AB5A1E-D5C5-46F1-AAAC-02834DADA614}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3EDF534C-E6FD-4ED3-9CF1-9363BC747303}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3EDF534C-E6FD-4ED3-9CF1-9363BC747303}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0198B8F9-5B57-44D8-9458-DD0D4DB41A1F}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5CEA9D2A-0A20-40F9-8ECA-E4021FCCA391}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB887BE3-C6C5-43DB-BD34-CDB4B228AE93}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jayne Comerford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>