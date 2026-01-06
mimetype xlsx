--- v0 (2025-10-08)
+++ v1 (2026-01-06)
@@ -2,287 +2,160 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27615"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29629"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://warwickshiregovuk.sharepoint.com/sites/edrm-LS/Shared Documents/Intranet Docs/Education stats/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="5" documentId="13_ncr:1_{BBF926BA-ECA7-47CC-A047-F6B30D201442}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7EE1D33A-FEFE-4412-A8AD-BCC3FDB941E1}"/>
+  <xr:revisionPtr revIDLastSave="12" documentId="13_ncr:1_{BBF926BA-ECA7-47CC-A047-F6B30D201442}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A4A9FF9B-C203-47EE-8E2D-CC1DC2A61257}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Year 3 Statistics" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="26">
   <si>
     <t>Appeals for Entrance into Year 3</t>
   </si>
   <si>
     <t>The number of appeals heard by an Independent Appeal Panel for entry into Year 3 only for appeals received between 1 March and 31 August</t>
   </si>
   <si>
     <t>Name of School</t>
-  </si>
-[...7 lines deleted...]
-    <t>Academic year 2019/20</t>
   </si>
   <si>
     <t>Academic year 2020/21</t>
   </si>
   <si>
     <t>Academic year 2021/22</t>
   </si>
   <si>
     <t>Academic year 2022/23</t>
   </si>
   <si>
     <t>Academic year 2023/24</t>
   </si>
   <si>
-    <t>Number of
-[...1 lines deleted...]
-heard</t>
+    <t>Academic year 2024/25</t>
   </si>
   <si>
-    <t>Number of
-[...1 lines deleted...]
-successful</t>
+    <t> </t>
   </si>
   <si>
     <t xml:space="preserve">Number of appeals heard </t>
   </si>
   <si>
     <t>Number of appeals successful</t>
   </si>
   <si>
     <t xml:space="preserve">Number of appeals successful </t>
   </si>
   <si>
-    <t xml:space="preserve">Abbey C of E Infant School </t>
-[...4 lines deleted...]
-  <si>
     <t>Aylesford School</t>
   </si>
   <si>
     <t>Bidford on Avon Primary School</t>
   </si>
   <si>
     <t>Bilton C.of E. Junior School</t>
   </si>
   <si>
-    <t>Bishops Tachbrook C.of E. Primary School</t>
-[...4 lines deleted...]
-  <si>
     <t>Cawston Grange Primary School</t>
   </si>
   <si>
-    <t>Chetwynd Junior School</t>
-[...1 lines deleted...]
-  <si>
     <t>Clapham Terrace Community Primary School</t>
-  </si>
-[...13 lines deleted...]
-    <t>English Martyrs Catholic Primary School</t>
   </si>
   <si>
     <t>Hampton Lucy C.of E. Primary School</t>
   </si>
   <si>
     <t>Hillmorton Primary School</t>
   </si>
   <si>
-    <t>Ilmington Primary School</t>
-[...1 lines deleted...]
-  <si>
     <t>Milby Primary School</t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">Northlands Primary School </t>
   </si>
   <si>
     <t>Our Lady &amp; St Joseph Cathlic Academy</t>
   </si>
   <si>
-    <t>Paddox Primary School</t>
+    <t xml:space="preserve">St Anthony's Catholic Primary School </t>
   </si>
   <si>
-    <t>Race Leys Academy</t>
-[...23 lines deleted...]
-    <t>St. Paul’s C.Of E. Primary School, Nuneaton</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>Sydenham Primary</t>
   </si>
   <si>
-    <t>Temple Grafton C.Of E. Primary School</t>
-[...13 lines deleted...]
-  <si>
     <t>Wembrook Primary School</t>
-  </si>
-[...34 lines deleted...]
-    <t>Total number of successful appeals for Year 3 entry 2022/23</t>
   </si>
   <si>
     <t>a</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="19"/>
       <color rgb="FF333333"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF333333"/>
       <name val="Arial"/>
@@ -293,69 +166,69 @@
       <sz val="12"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
-      <color theme="0"/>
+      <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF006E3C"/>
         <bgColor rgb="FF006E3C"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="22">
+  <borders count="19">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
@@ -369,63 +242,50 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
-      <diagonal/>
-[...11 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -528,181 +388,117 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...18 lines deleted...]
-    <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="58">
+  <cellXfs count="32">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...56 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -977,1970 +773,1844 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CED0E92F-3FCC-446B-8F7E-EC6A97E99AB6}">
-  <dimension ref="A1:M160"/>
+  <dimension ref="A1:K112"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A134" workbookViewId="0">
-      <selection activeCell="A159" sqref="A159"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection sqref="A1:K112"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="54.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="23.25">
-[...5 lines deleted...]
-      <c r="A3" s="4" t="s">
+    <row r="1" spans="1:11" ht="24">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="2"/>
+      <c r="C1" s="2"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="2"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+      <c r="K1" s="2"/>
+    </row>
+    <row r="2" spans="1:11">
+      <c r="A2" s="2"/>
+      <c r="B2" s="2"/>
+      <c r="C2" s="2"/>
+      <c r="D2" s="2"/>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
+      <c r="G2" s="2"/>
+      <c r="H2" s="2"/>
+      <c r="I2" s="2"/>
+      <c r="J2" s="2"/>
+      <c r="K2" s="2"/>
+    </row>
+    <row r="3" spans="1:11" ht="45.75">
+      <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="B3" s="2"/>
+      <c r="C3" s="2"/>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2"/>
+      <c r="I3" s="2"/>
+      <c r="J3" s="2"/>
+      <c r="K3" s="2"/>
+    </row>
+    <row r="4" spans="1:11">
+      <c r="A4" s="2"/>
+      <c r="B4" s="2"/>
+      <c r="C4" s="2"/>
+      <c r="D4" s="2"/>
+      <c r="E4" s="2"/>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2"/>
+      <c r="I4" s="2"/>
+      <c r="J4" s="2"/>
+      <c r="K4" s="2"/>
+    </row>
+    <row r="5" spans="1:11" ht="23.25" customHeight="1">
+      <c r="A5" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="B5" s="6" t="s">
+      <c r="B5" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="C5" s="7" t="s">
+      <c r="C5" s="5"/>
+      <c r="D5" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="D5" s="54" t="s">
+      <c r="E5" s="5"/>
+      <c r="F5" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="E5" s="55"/>
-      <c r="F5" s="54" t="s">
+      <c r="G5" s="8"/>
+      <c r="H5" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="G5" s="55"/>
-      <c r="H5" s="54" t="s">
+      <c r="I5" s="8"/>
+      <c r="J5" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="I5" s="55"/>
-      <c r="J5" s="56" t="s">
+      <c r="K5" s="8"/>
+    </row>
+    <row r="6" spans="1:11" ht="45.75">
+      <c r="A6" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="K5" s="57"/>
-      <c r="L5" s="56" t="s">
+      <c r="B6" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="M5" s="57"/>
-[...5 lines deleted...]
-      <c r="B6" s="9" t="s">
+      <c r="C6" s="10" t="s">
         <v>10</v>
       </c>
-      <c r="C6" s="10" t="s">
+      <c r="D6" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="E6" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F6" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="G6" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="H6" s="14" t="s">
+        <v>9</v>
+      </c>
+      <c r="I6" s="15" t="s">
         <v>11</v>
       </c>
-      <c r="D6" s="11" t="s">
+      <c r="J6" s="16" t="s">
+        <v>9</v>
+      </c>
+      <c r="K6" s="16" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="15.75">
+      <c r="A7" s="9" t="s">
         <v>12</v>
       </c>
-      <c r="E6" s="12" t="s">
+      <c r="B7" s="17">
+        <v>0</v>
+      </c>
+      <c r="C7" s="17">
+        <v>0</v>
+      </c>
+      <c r="D7" s="17">
+        <v>1</v>
+      </c>
+      <c r="E7" s="18">
+        <v>0</v>
+      </c>
+      <c r="F7" s="19">
+        <v>0</v>
+      </c>
+      <c r="G7" s="20">
+        <v>0</v>
+      </c>
+      <c r="H7" s="21">
+        <v>0</v>
+      </c>
+      <c r="I7" s="22">
+        <v>0</v>
+      </c>
+      <c r="J7" s="23">
+        <v>0</v>
+      </c>
+      <c r="K7" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="15.75">
+      <c r="A8" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="F6" s="12" t="s">
-[...20 lines deleted...]
-      <c r="M6" s="33" t="s">
+      <c r="B8" s="17">
+        <v>0</v>
+      </c>
+      <c r="C8" s="17">
+        <v>0</v>
+      </c>
+      <c r="D8" s="17">
+        <v>1</v>
+      </c>
+      <c r="E8" s="18">
+        <v>0</v>
+      </c>
+      <c r="F8" s="19">
+        <v>0</v>
+      </c>
+      <c r="G8" s="20">
+        <v>0</v>
+      </c>
+      <c r="H8" s="21">
+        <v>1</v>
+      </c>
+      <c r="I8" s="22">
+        <v>0</v>
+      </c>
+      <c r="J8" s="24">
+        <v>0</v>
+      </c>
+      <c r="K8" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="15" customHeight="1">
+      <c r="A9" s="9" t="s">
         <v>14</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="8" t="s">
+      <c r="B9" s="17">
+        <v>0</v>
+      </c>
+      <c r="C9" s="17">
+        <v>0</v>
+      </c>
+      <c r="D9" s="17">
+        <v>5</v>
+      </c>
+      <c r="E9" s="18">
+        <v>0</v>
+      </c>
+      <c r="F9" s="19">
+        <v>1</v>
+      </c>
+      <c r="G9" s="20">
+        <v>0</v>
+      </c>
+      <c r="H9" s="21">
+        <v>0</v>
+      </c>
+      <c r="I9" s="22">
+        <v>0</v>
+      </c>
+      <c r="J9" s="24">
+        <v>0</v>
+      </c>
+      <c r="K9" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="15.75">
+      <c r="A10" s="9" t="s">
         <v>15</v>
       </c>
-      <c r="B7" s="9">
-[...37 lines deleted...]
-      <c r="A8" s="8" t="s">
+      <c r="B10" s="17">
+        <v>0</v>
+      </c>
+      <c r="C10" s="17">
+        <v>0</v>
+      </c>
+      <c r="D10" s="17">
+        <v>1</v>
+      </c>
+      <c r="E10" s="18">
+        <v>0</v>
+      </c>
+      <c r="F10" s="19">
+        <v>0</v>
+      </c>
+      <c r="G10" s="20">
+        <v>0</v>
+      </c>
+      <c r="H10" s="21">
+        <v>0</v>
+      </c>
+      <c r="I10" s="22">
+        <v>0</v>
+      </c>
+      <c r="J10" s="24">
+        <v>0</v>
+      </c>
+      <c r="K10" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="15.75">
+      <c r="A11" s="9" t="s">
         <v>16</v>
       </c>
-      <c r="B8" s="18">
-[...5 lines deleted...]
-      <c r="D8" s="20">
+      <c r="B11" s="17">
+        <v>0</v>
+      </c>
+      <c r="C11" s="17">
+        <v>0</v>
+      </c>
+      <c r="D11" s="17">
+        <v>0</v>
+      </c>
+      <c r="E11" s="18">
+        <v>0</v>
+      </c>
+      <c r="F11" s="19">
+        <v>0</v>
+      </c>
+      <c r="G11" s="20">
+        <v>0</v>
+      </c>
+      <c r="H11" s="21">
+        <v>0</v>
+      </c>
+      <c r="I11" s="22">
+        <v>0</v>
+      </c>
+      <c r="J11" s="24">
         <v>1</v>
       </c>
-      <c r="E8" s="21">
-[...28 lines deleted...]
-      <c r="A9" s="8" t="s">
+      <c r="K11" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" ht="15.75">
+      <c r="A12" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="B9" s="18">
-[...17 lines deleted...]
-      <c r="H9" s="21">
+      <c r="B12" s="17">
         <v>1</v>
       </c>
-      <c r="I9" s="22">
-[...16 lines deleted...]
-      <c r="A10" s="8" t="s">
+      <c r="C12" s="17">
+        <v>1</v>
+      </c>
+      <c r="D12" s="17">
+        <v>0</v>
+      </c>
+      <c r="E12" s="18">
+        <v>0</v>
+      </c>
+      <c r="F12" s="19">
+        <v>0</v>
+      </c>
+      <c r="G12" s="20">
+        <v>0</v>
+      </c>
+      <c r="H12" s="21">
+        <v>0</v>
+      </c>
+      <c r="I12" s="22">
+        <v>0</v>
+      </c>
+      <c r="J12" s="24">
+        <v>0</v>
+      </c>
+      <c r="K12" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" ht="15.75">
+      <c r="A13" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="B10" s="18">
-[...17 lines deleted...]
-      <c r="H10" s="21">
+      <c r="B13" s="17">
+        <v>0</v>
+      </c>
+      <c r="C13" s="17">
+        <v>0</v>
+      </c>
+      <c r="D13" s="17">
         <v>1</v>
       </c>
-      <c r="I10" s="22">
-[...8 lines deleted...]
-      <c r="L10" s="34">
+      <c r="E13" s="18">
+        <v>0</v>
+      </c>
+      <c r="F13" s="19">
+        <v>0</v>
+      </c>
+      <c r="G13" s="20">
+        <v>0</v>
+      </c>
+      <c r="H13" s="21">
+        <v>0</v>
+      </c>
+      <c r="I13" s="22">
+        <v>0</v>
+      </c>
+      <c r="J13" s="24">
+        <v>0</v>
+      </c>
+      <c r="K13" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="15.75">
+      <c r="A14" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B14" s="17">
         <v>1</v>
       </c>
-      <c r="M10" s="35">
-[...13 lines deleted...]
-      <c r="D11" s="20">
+      <c r="C14" s="17">
+        <v>0</v>
+      </c>
+      <c r="D14" s="17">
         <v>1</v>
       </c>
-      <c r="E11" s="21">
-[...8 lines deleted...]
-      <c r="H11" s="21">
+      <c r="E14" s="18">
+        <v>0</v>
+      </c>
+      <c r="F14" s="19">
+        <v>0</v>
+      </c>
+      <c r="G14" s="20">
+        <v>0</v>
+      </c>
+      <c r="H14" s="21">
+        <v>0</v>
+      </c>
+      <c r="I14" s="22">
+        <v>0</v>
+      </c>
+      <c r="J14" s="24">
+        <v>1</v>
+      </c>
+      <c r="K14" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="15.75">
+      <c r="A15" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B15" s="17">
+        <v>0</v>
+      </c>
+      <c r="C15" s="17">
+        <v>0</v>
+      </c>
+      <c r="D15" s="17">
+        <v>0</v>
+      </c>
+      <c r="E15" s="18">
+        <v>0</v>
+      </c>
+      <c r="F15" s="19">
+        <v>1</v>
+      </c>
+      <c r="G15" s="20">
+        <v>0</v>
+      </c>
+      <c r="H15" s="21">
+        <v>1</v>
+      </c>
+      <c r="I15" s="22">
+        <v>0</v>
+      </c>
+      <c r="J15" s="24">
+        <v>0</v>
+      </c>
+      <c r="K15" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" ht="15.75">
+      <c r="A16" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B16" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="C16" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="D16" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="E16" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="F16" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="G16" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="I16" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="J16" s="24">
+        <v>1</v>
+      </c>
+      <c r="K16" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" ht="15.75">
+      <c r="A17" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="B17" s="17">
+        <v>0</v>
+      </c>
+      <c r="C17" s="17">
+        <v>0</v>
+      </c>
+      <c r="D17" s="17">
+        <v>0</v>
+      </c>
+      <c r="E17" s="18">
+        <v>0</v>
+      </c>
+      <c r="F17" s="19">
+        <v>0</v>
+      </c>
+      <c r="G17" s="20">
+        <v>0</v>
+      </c>
+      <c r="H17" s="21">
+        <v>0</v>
+      </c>
+      <c r="I17" s="22">
+        <v>0</v>
+      </c>
+      <c r="J17" s="24">
+        <v>1</v>
+      </c>
+      <c r="K17" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="15.75">
+      <c r="A18" s="25" t="s">
+        <v>24</v>
+      </c>
+      <c r="B18" s="26">
+        <v>0</v>
+      </c>
+      <c r="C18" s="26">
+        <v>0</v>
+      </c>
+      <c r="D18" s="17">
+        <v>0</v>
+      </c>
+      <c r="E18" s="18">
+        <v>0</v>
+      </c>
+      <c r="F18" s="19">
+        <v>0</v>
+      </c>
+      <c r="G18" s="20">
+        <v>0</v>
+      </c>
+      <c r="H18" s="21">
+        <v>0</v>
+      </c>
+      <c r="I18" s="27">
+        <v>0</v>
+      </c>
+      <c r="J18" s="19">
+        <v>1</v>
+      </c>
+      <c r="K18" s="28">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" ht="15">
+      <c r="A19" s="2"/>
+      <c r="B19" s="2"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="29"/>
+      <c r="I19" s="29"/>
+      <c r="J19" s="2"/>
+      <c r="K19" s="2"/>
+    </row>
+    <row r="20" spans="1:11" ht="15.75">
+      <c r="A20" s="2"/>
+      <c r="B20" s="2">
+        <v>2</v>
+      </c>
+      <c r="C20" s="2">
+        <v>1</v>
+      </c>
+      <c r="D20" s="2">
+        <v>10</v>
+      </c>
+      <c r="E20" s="2">
+        <v>0</v>
+      </c>
+      <c r="F20" s="30">
+        <v>2</v>
+      </c>
+      <c r="G20" s="30">
+        <v>0</v>
+      </c>
+      <c r="H20" s="2">
+        <v>2</v>
+      </c>
+      <c r="I20" s="29">
+        <v>0</v>
+      </c>
+      <c r="J20" s="2">
         <v>5</v>
       </c>
-      <c r="I11" s="22">
-[...221 lines deleted...]
-      <c r="A17" s="8" t="s">
+      <c r="K20" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11">
+      <c r="A21" s="2"/>
+      <c r="B21" s="2"/>
+      <c r="C21" s="2"/>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2"/>
+      <c r="I21" s="2"/>
+      <c r="J21" s="2"/>
+      <c r="K21" s="2"/>
+    </row>
+    <row r="22" spans="1:11">
+      <c r="A22" s="2"/>
+      <c r="B22" s="2"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
+      <c r="J22" s="2"/>
+      <c r="K22" s="2"/>
+    </row>
+    <row r="23" spans="1:11">
+      <c r="A23" s="2"/>
+      <c r="B23" s="2"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="2"/>
+      <c r="I23" s="2"/>
+      <c r="J23" s="2"/>
+      <c r="K23" s="2"/>
+    </row>
+    <row r="24" spans="1:11">
+      <c r="A24" s="2"/>
+      <c r="B24" s="2"/>
+      <c r="C24" s="2"/>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2"/>
+      <c r="F24" s="2"/>
+      <c r="G24" s="2"/>
+      <c r="H24" s="2"/>
+      <c r="I24" s="2"/>
+      <c r="J24" s="2"/>
+      <c r="K24" s="2"/>
+    </row>
+    <row r="25" spans="1:11">
+      <c r="A25" s="2"/>
+      <c r="B25" s="2"/>
+      <c r="C25" s="2"/>
+      <c r="D25" s="2"/>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2"/>
+      <c r="G25" s="2"/>
+      <c r="H25" s="2"/>
+      <c r="I25" s="2"/>
+      <c r="J25" s="2"/>
+      <c r="K25" s="2"/>
+    </row>
+    <row r="26" spans="1:11">
+      <c r="A26" s="2"/>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
+      <c r="J26" s="2"/>
+      <c r="K26" s="2"/>
+    </row>
+    <row r="27" spans="1:11">
+      <c r="A27" s="2"/>
+      <c r="B27" s="2"/>
+      <c r="C27" s="2"/>
+      <c r="D27" s="2"/>
+      <c r="E27" s="2"/>
+      <c r="F27" s="2"/>
+      <c r="G27" s="2"/>
+      <c r="H27" s="2"/>
+      <c r="I27" s="2"/>
+      <c r="J27" s="2"/>
+      <c r="K27" s="2"/>
+    </row>
+    <row r="28" spans="1:11">
+      <c r="A28" s="2"/>
+      <c r="B28" s="2"/>
+      <c r="C28" s="2"/>
+      <c r="D28" s="2"/>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2"/>
+      <c r="G28" s="2"/>
+      <c r="H28" s="2"/>
+      <c r="I28" s="2"/>
+      <c r="J28" s="2"/>
+      <c r="K28" s="2"/>
+    </row>
+    <row r="29" spans="1:11">
+      <c r="A29" s="2"/>
+      <c r="B29" s="2"/>
+      <c r="C29" s="2"/>
+      <c r="D29" s="2"/>
+      <c r="E29" s="2"/>
+      <c r="F29" s="2"/>
+      <c r="G29" s="2"/>
+      <c r="H29" s="2"/>
+      <c r="I29" s="2"/>
+      <c r="J29" s="2"/>
+      <c r="K29" s="2"/>
+    </row>
+    <row r="30" spans="1:11">
+      <c r="A30" s="2"/>
+      <c r="B30" s="2"/>
+      <c r="C30" s="2"/>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2"/>
+      <c r="I30" s="2"/>
+      <c r="J30" s="2"/>
+      <c r="K30" s="2"/>
+    </row>
+    <row r="31" spans="1:11">
+      <c r="A31" s="2"/>
+      <c r="B31" s="2"/>
+      <c r="C31" s="2"/>
+      <c r="D31" s="2"/>
+      <c r="E31" s="2"/>
+      <c r="F31" s="2"/>
+      <c r="G31" s="2"/>
+      <c r="H31" s="2"/>
+      <c r="I31" s="2"/>
+      <c r="J31" s="2"/>
+      <c r="K31" s="2"/>
+    </row>
+    <row r="32" spans="1:11">
+      <c r="A32" s="2"/>
+      <c r="B32" s="2"/>
+      <c r="C32" s="2"/>
+      <c r="D32" s="2"/>
+      <c r="E32" s="2"/>
+      <c r="F32" s="2"/>
+      <c r="G32" s="2"/>
+      <c r="H32" s="2"/>
+      <c r="I32" s="2"/>
+      <c r="J32" s="2"/>
+      <c r="K32" s="2"/>
+    </row>
+    <row r="33" spans="1:11">
+      <c r="A33" s="2"/>
+      <c r="B33" s="2"/>
+      <c r="C33" s="2"/>
+      <c r="D33" s="2"/>
+      <c r="E33" s="2"/>
+      <c r="F33" s="2"/>
+      <c r="G33" s="2"/>
+      <c r="H33" s="2"/>
+      <c r="I33" s="2"/>
+      <c r="J33" s="2"/>
+      <c r="K33" s="2"/>
+    </row>
+    <row r="34" spans="1:11">
+      <c r="A34" s="2"/>
+      <c r="B34" s="2"/>
+      <c r="C34" s="2"/>
+      <c r="D34" s="2"/>
+      <c r="E34" s="2"/>
+      <c r="F34" s="2"/>
+      <c r="G34" s="2"/>
+      <c r="H34" s="2"/>
+      <c r="I34" s="2"/>
+      <c r="J34" s="2"/>
+      <c r="K34" s="2"/>
+    </row>
+    <row r="35" spans="1:11">
+      <c r="A35" s="2"/>
+      <c r="B35" s="2"/>
+      <c r="C35" s="2"/>
+      <c r="D35" s="2"/>
+      <c r="E35" s="2"/>
+      <c r="F35" s="2"/>
+      <c r="G35" s="2"/>
+      <c r="H35" s="2"/>
+      <c r="I35" s="2"/>
+      <c r="J35" s="2"/>
+      <c r="K35" s="2"/>
+    </row>
+    <row r="36" spans="1:11">
+      <c r="A36" s="2"/>
+      <c r="B36" s="2"/>
+      <c r="C36" s="2"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2"/>
+      <c r="I36" s="2"/>
+      <c r="J36" s="2"/>
+      <c r="K36" s="2"/>
+    </row>
+    <row r="37" spans="1:11">
+      <c r="A37" s="2"/>
+      <c r="B37" s="2"/>
+      <c r="C37" s="2"/>
+      <c r="D37" s="2"/>
+      <c r="E37" s="2"/>
+      <c r="F37" s="2"/>
+      <c r="G37" s="2"/>
+      <c r="H37" s="2"/>
+      <c r="I37" s="2"/>
+      <c r="J37" s="2"/>
+      <c r="K37" s="2"/>
+    </row>
+    <row r="38" spans="1:11">
+      <c r="A38" s="2"/>
+      <c r="B38" s="2"/>
+      <c r="C38" s="2"/>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2"/>
+      <c r="F38" s="2"/>
+      <c r="G38" s="2"/>
+      <c r="H38" s="2"/>
+      <c r="I38" s="2"/>
+      <c r="J38" s="2"/>
+      <c r="K38" s="2"/>
+    </row>
+    <row r="39" spans="1:11">
+      <c r="A39" s="2"/>
+      <c r="B39" s="2"/>
+      <c r="C39" s="2"/>
+      <c r="D39" s="2"/>
+      <c r="E39" s="2"/>
+      <c r="F39" s="2"/>
+      <c r="G39" s="2"/>
+      <c r="H39" s="2"/>
+      <c r="I39" s="2"/>
+      <c r="J39" s="2"/>
+      <c r="K39" s="2"/>
+    </row>
+    <row r="40" spans="1:11">
+      <c r="A40" s="2"/>
+      <c r="B40" s="2"/>
+      <c r="C40" s="2"/>
+      <c r="D40" s="2"/>
+      <c r="E40" s="2"/>
+      <c r="F40" s="2"/>
+      <c r="G40" s="2"/>
+      <c r="H40" s="2"/>
+      <c r="I40" s="2"/>
+      <c r="J40" s="2"/>
+      <c r="K40" s="2"/>
+    </row>
+    <row r="41" spans="1:11">
+      <c r="A41" s="2"/>
+      <c r="B41" s="2"/>
+      <c r="C41" s="2"/>
+      <c r="D41" s="2"/>
+      <c r="E41" s="2"/>
+      <c r="F41" s="2"/>
+      <c r="G41" s="2"/>
+      <c r="H41" s="2"/>
+      <c r="I41" s="2"/>
+      <c r="J41" s="2"/>
+      <c r="K41" s="2"/>
+    </row>
+    <row r="42" spans="1:11">
+      <c r="A42" s="2"/>
+      <c r="B42" s="2"/>
+      <c r="C42" s="2"/>
+      <c r="D42" s="2"/>
+      <c r="E42" s="2"/>
+      <c r="F42" s="2"/>
+      <c r="G42" s="2"/>
+      <c r="H42" s="2"/>
+      <c r="I42" s="2"/>
+      <c r="J42" s="2"/>
+      <c r="K42" s="2"/>
+    </row>
+    <row r="43" spans="1:11">
+      <c r="A43" s="2"/>
+      <c r="B43" s="2"/>
+      <c r="C43" s="2"/>
+      <c r="D43" s="2"/>
+      <c r="E43" s="2"/>
+      <c r="F43" s="2"/>
+      <c r="G43" s="2"/>
+      <c r="H43" s="2"/>
+      <c r="I43" s="2"/>
+      <c r="J43" s="2"/>
+      <c r="K43" s="2"/>
+    </row>
+    <row r="44" spans="1:11">
+      <c r="A44" s="2"/>
+      <c r="B44" s="2"/>
+      <c r="C44" s="2"/>
+      <c r="D44" s="2"/>
+      <c r="E44" s="2"/>
+      <c r="F44" s="2"/>
+      <c r="G44" s="2"/>
+      <c r="H44" s="2"/>
+      <c r="I44" s="2"/>
+      <c r="J44" s="2"/>
+      <c r="K44" s="2"/>
+    </row>
+    <row r="45" spans="1:11">
+      <c r="A45" s="2"/>
+      <c r="B45" s="2"/>
+      <c r="C45" s="2"/>
+      <c r="D45" s="2"/>
+      <c r="E45" s="2"/>
+      <c r="F45" s="2"/>
+      <c r="G45" s="2"/>
+      <c r="H45" s="2"/>
+      <c r="I45" s="2"/>
+      <c r="J45" s="2"/>
+      <c r="K45" s="2"/>
+    </row>
+    <row r="46" spans="1:11">
+      <c r="A46" s="2"/>
+      <c r="B46" s="2"/>
+      <c r="C46" s="2"/>
+      <c r="D46" s="2"/>
+      <c r="E46" s="2"/>
+      <c r="F46" s="2"/>
+      <c r="G46" s="2"/>
+      <c r="H46" s="2"/>
+      <c r="I46" s="2"/>
+      <c r="J46" s="2"/>
+      <c r="K46" s="2"/>
+    </row>
+    <row r="47" spans="1:11">
+      <c r="A47" s="2"/>
+      <c r="B47" s="2"/>
+      <c r="C47" s="2"/>
+      <c r="D47" s="2"/>
+      <c r="E47" s="2"/>
+      <c r="F47" s="2"/>
+      <c r="G47" s="2"/>
+      <c r="H47" s="2"/>
+      <c r="I47" s="2"/>
+      <c r="J47" s="2"/>
+      <c r="K47" s="2"/>
+    </row>
+    <row r="48" spans="1:11">
+      <c r="A48" s="2"/>
+      <c r="B48" s="2"/>
+      <c r="C48" s="2"/>
+      <c r="D48" s="2"/>
+      <c r="E48" s="2"/>
+      <c r="F48" s="2"/>
+      <c r="G48" s="2"/>
+      <c r="H48" s="2"/>
+      <c r="I48" s="2"/>
+      <c r="J48" s="2"/>
+      <c r="K48" s="2"/>
+    </row>
+    <row r="49" spans="1:11">
+      <c r="A49" s="2"/>
+      <c r="B49" s="2"/>
+      <c r="C49" s="2"/>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2"/>
+      <c r="F49" s="2"/>
+      <c r="G49" s="2"/>
+      <c r="H49" s="2"/>
+      <c r="I49" s="2"/>
+      <c r="J49" s="2"/>
+      <c r="K49" s="2"/>
+    </row>
+    <row r="50" spans="1:11">
+      <c r="A50" s="2"/>
+      <c r="B50" s="2"/>
+      <c r="C50" s="2"/>
+      <c r="D50" s="2"/>
+      <c r="E50" s="2"/>
+      <c r="F50" s="2"/>
+      <c r="G50" s="2"/>
+      <c r="H50" s="2"/>
+      <c r="I50" s="2"/>
+      <c r="J50" s="2"/>
+      <c r="K50" s="2"/>
+    </row>
+    <row r="51" spans="1:11">
+      <c r="A51" s="2"/>
+      <c r="B51" s="2"/>
+      <c r="C51" s="2"/>
+      <c r="D51" s="2"/>
+      <c r="E51" s="2"/>
+      <c r="F51" s="2"/>
+      <c r="G51" s="2"/>
+      <c r="H51" s="2"/>
+      <c r="I51" s="2"/>
+      <c r="J51" s="2"/>
+      <c r="K51" s="2"/>
+    </row>
+    <row r="52" spans="1:11">
+      <c r="A52" s="2"/>
+      <c r="B52" s="2"/>
+      <c r="C52" s="2"/>
+      <c r="D52" s="2"/>
+      <c r="E52" s="2"/>
+      <c r="F52" s="2"/>
+      <c r="G52" s="2"/>
+      <c r="H52" s="2"/>
+      <c r="I52" s="2"/>
+      <c r="J52" s="2"/>
+      <c r="K52" s="2"/>
+    </row>
+    <row r="53" spans="1:11">
+      <c r="A53" s="2"/>
+      <c r="B53" s="2"/>
+      <c r="C53" s="2"/>
+      <c r="D53" s="2"/>
+      <c r="E53" s="2"/>
+      <c r="F53" s="2"/>
+      <c r="G53" s="2"/>
+      <c r="H53" s="2"/>
+      <c r="I53" s="2"/>
+      <c r="J53" s="2"/>
+      <c r="K53" s="2"/>
+    </row>
+    <row r="54" spans="1:11">
+      <c r="A54" s="2"/>
+      <c r="B54" s="2"/>
+      <c r="C54" s="2"/>
+      <c r="D54" s="2"/>
+      <c r="E54" s="2"/>
+      <c r="F54" s="2"/>
+      <c r="G54" s="2"/>
+      <c r="H54" s="2"/>
+      <c r="I54" s="2"/>
+      <c r="J54" s="2"/>
+      <c r="K54" s="2"/>
+    </row>
+    <row r="55" spans="1:11">
+      <c r="A55" s="2"/>
+      <c r="B55" s="2"/>
+      <c r="C55" s="2"/>
+      <c r="D55" s="2"/>
+      <c r="E55" s="2"/>
+      <c r="F55" s="2"/>
+      <c r="G55" s="2"/>
+      <c r="H55" s="2"/>
+      <c r="I55" s="2"/>
+      <c r="J55" s="2"/>
+      <c r="K55" s="2"/>
+    </row>
+    <row r="56" spans="1:11">
+      <c r="A56" s="2"/>
+      <c r="B56" s="2"/>
+      <c r="C56" s="2"/>
+      <c r="D56" s="2"/>
+      <c r="E56" s="2"/>
+      <c r="F56" s="2"/>
+      <c r="G56" s="2"/>
+      <c r="H56" s="2"/>
+      <c r="I56" s="2"/>
+      <c r="J56" s="2"/>
+      <c r="K56" s="2"/>
+    </row>
+    <row r="57" spans="1:11">
+      <c r="A57" s="2"/>
+      <c r="B57" s="2"/>
+      <c r="C57" s="2"/>
+      <c r="D57" s="2"/>
+      <c r="E57" s="2"/>
+      <c r="F57" s="2"/>
+      <c r="G57" s="2"/>
+      <c r="H57" s="2"/>
+      <c r="I57" s="2"/>
+      <c r="J57" s="2"/>
+      <c r="K57" s="2"/>
+    </row>
+    <row r="58" spans="1:11">
+      <c r="A58" s="2"/>
+      <c r="B58" s="2"/>
+      <c r="C58" s="2"/>
+      <c r="D58" s="2"/>
+      <c r="E58" s="2"/>
+      <c r="F58" s="2"/>
+      <c r="G58" s="2"/>
+      <c r="H58" s="2"/>
+      <c r="I58" s="2"/>
+      <c r="J58" s="2"/>
+      <c r="K58" s="2"/>
+    </row>
+    <row r="59" spans="1:11">
+      <c r="A59" s="2"/>
+      <c r="B59" s="2"/>
+      <c r="C59" s="2"/>
+      <c r="D59" s="2"/>
+      <c r="E59" s="2"/>
+      <c r="F59" s="2"/>
+      <c r="G59" s="2"/>
+      <c r="H59" s="2"/>
+      <c r="I59" s="2"/>
+      <c r="J59" s="2"/>
+      <c r="K59" s="2"/>
+    </row>
+    <row r="60" spans="1:11">
+      <c r="A60" s="2"/>
+      <c r="B60" s="2"/>
+      <c r="C60" s="2"/>
+      <c r="D60" s="2"/>
+      <c r="E60" s="2"/>
+      <c r="F60" s="2"/>
+      <c r="G60" s="2"/>
+      <c r="H60" s="2"/>
+      <c r="I60" s="2"/>
+      <c r="J60" s="2"/>
+      <c r="K60" s="2"/>
+    </row>
+    <row r="61" spans="1:11">
+      <c r="A61" s="2"/>
+      <c r="B61" s="2"/>
+      <c r="C61" s="2"/>
+      <c r="D61" s="2"/>
+      <c r="E61" s="2"/>
+      <c r="F61" s="2"/>
+      <c r="G61" s="2"/>
+      <c r="H61" s="2"/>
+      <c r="I61" s="2"/>
+      <c r="J61" s="2"/>
+      <c r="K61" s="2"/>
+    </row>
+    <row r="62" spans="1:11">
+      <c r="A62" s="2"/>
+      <c r="B62" s="2"/>
+      <c r="C62" s="2"/>
+      <c r="D62" s="2"/>
+      <c r="E62" s="2"/>
+      <c r="F62" s="2"/>
+      <c r="G62" s="2"/>
+      <c r="H62" s="2"/>
+      <c r="I62" s="2"/>
+      <c r="J62" s="2"/>
+      <c r="K62" s="2"/>
+    </row>
+    <row r="63" spans="1:11">
+      <c r="A63" s="2"/>
+      <c r="B63" s="2"/>
+      <c r="C63" s="2"/>
+      <c r="D63" s="2"/>
+      <c r="E63" s="2"/>
+      <c r="F63" s="2"/>
+      <c r="G63" s="2"/>
+      <c r="H63" s="2"/>
+      <c r="I63" s="2"/>
+      <c r="J63" s="2"/>
+      <c r="K63" s="2"/>
+    </row>
+    <row r="64" spans="1:11">
+      <c r="A64" s="2"/>
+      <c r="B64" s="2"/>
+      <c r="C64" s="2"/>
+      <c r="D64" s="2"/>
+      <c r="E64" s="2"/>
+      <c r="F64" s="2"/>
+      <c r="G64" s="2"/>
+      <c r="H64" s="2"/>
+      <c r="I64" s="2"/>
+      <c r="J64" s="2"/>
+      <c r="K64" s="2"/>
+    </row>
+    <row r="65" spans="1:11">
+      <c r="A65" s="2"/>
+      <c r="B65" s="2"/>
+      <c r="C65" s="2"/>
+      <c r="D65" s="2"/>
+      <c r="E65" s="2"/>
+      <c r="F65" s="2"/>
+      <c r="G65" s="2"/>
+      <c r="H65" s="2"/>
+      <c r="I65" s="2"/>
+      <c r="J65" s="2"/>
+      <c r="K65" s="2"/>
+    </row>
+    <row r="66" spans="1:11">
+      <c r="A66" s="2"/>
+      <c r="B66" s="2"/>
+      <c r="C66" s="2"/>
+      <c r="D66" s="2"/>
+      <c r="E66" s="2"/>
+      <c r="F66" s="2"/>
+      <c r="G66" s="2"/>
+      <c r="H66" s="2"/>
+      <c r="I66" s="2"/>
+      <c r="J66" s="2"/>
+      <c r="K66" s="2"/>
+    </row>
+    <row r="67" spans="1:11">
+      <c r="A67" s="2"/>
+      <c r="B67" s="2"/>
+      <c r="C67" s="2"/>
+      <c r="D67" s="2"/>
+      <c r="E67" s="2"/>
+      <c r="F67" s="2"/>
+      <c r="G67" s="2"/>
+      <c r="H67" s="2"/>
+      <c r="I67" s="2"/>
+      <c r="J67" s="2"/>
+      <c r="K67" s="2"/>
+    </row>
+    <row r="68" spans="1:11">
+      <c r="A68" s="2"/>
+      <c r="B68" s="2"/>
+      <c r="C68" s="2"/>
+      <c r="D68" s="2"/>
+      <c r="E68" s="2"/>
+      <c r="F68" s="2"/>
+      <c r="G68" s="2"/>
+      <c r="H68" s="2"/>
+      <c r="I68" s="2"/>
+      <c r="J68" s="2"/>
+      <c r="K68" s="2"/>
+    </row>
+    <row r="69" spans="1:11">
+      <c r="A69" s="2"/>
+      <c r="B69" s="2"/>
+      <c r="C69" s="2"/>
+      <c r="D69" s="2"/>
+      <c r="E69" s="2"/>
+      <c r="F69" s="2"/>
+      <c r="G69" s="2"/>
+      <c r="H69" s="2"/>
+      <c r="I69" s="2"/>
+      <c r="J69" s="2"/>
+      <c r="K69" s="2"/>
+    </row>
+    <row r="70" spans="1:11">
+      <c r="A70" s="2"/>
+      <c r="B70" s="2"/>
+      <c r="C70" s="2"/>
+      <c r="D70" s="2"/>
+      <c r="E70" s="2"/>
+      <c r="F70" s="2"/>
+      <c r="G70" s="2"/>
+      <c r="H70" s="2"/>
+      <c r="I70" s="2"/>
+      <c r="J70" s="2"/>
+      <c r="K70" s="2"/>
+    </row>
+    <row r="71" spans="1:11">
+      <c r="A71" s="2"/>
+      <c r="B71" s="2"/>
+      <c r="C71" s="2"/>
+      <c r="D71" s="2"/>
+      <c r="E71" s="2"/>
+      <c r="F71" s="2"/>
+      <c r="G71" s="2"/>
+      <c r="H71" s="2"/>
+      <c r="I71" s="2"/>
+      <c r="J71" s="2"/>
+      <c r="K71" s="2"/>
+    </row>
+    <row r="72" spans="1:11">
+      <c r="A72" s="2"/>
+      <c r="B72" s="2"/>
+      <c r="C72" s="2"/>
+      <c r="D72" s="2"/>
+      <c r="E72" s="2"/>
+      <c r="F72" s="2"/>
+      <c r="G72" s="2"/>
+      <c r="H72" s="2"/>
+      <c r="I72" s="2"/>
+      <c r="J72" s="2"/>
+      <c r="K72" s="2"/>
+    </row>
+    <row r="73" spans="1:11">
+      <c r="A73" s="2"/>
+      <c r="B73" s="2"/>
+      <c r="C73" s="2"/>
+      <c r="D73" s="2"/>
+      <c r="E73" s="2"/>
+      <c r="F73" s="2"/>
+      <c r="G73" s="2"/>
+      <c r="H73" s="2"/>
+      <c r="I73" s="2"/>
+      <c r="J73" s="2"/>
+      <c r="K73" s="2"/>
+    </row>
+    <row r="74" spans="1:11">
+      <c r="A74" s="2"/>
+      <c r="B74" s="2"/>
+      <c r="C74" s="2"/>
+      <c r="D74" s="2"/>
+      <c r="E74" s="2"/>
+      <c r="F74" s="2"/>
+      <c r="G74" s="2"/>
+      <c r="H74" s="2"/>
+      <c r="I74" s="2"/>
+      <c r="J74" s="2"/>
+      <c r="K74" s="2"/>
+    </row>
+    <row r="75" spans="1:11">
+      <c r="A75" s="2"/>
+      <c r="B75" s="2"/>
+      <c r="C75" s="2"/>
+      <c r="D75" s="2"/>
+      <c r="E75" s="2"/>
+      <c r="F75" s="2"/>
+      <c r="G75" s="2"/>
+      <c r="H75" s="2"/>
+      <c r="I75" s="2"/>
+      <c r="J75" s="2"/>
+      <c r="K75" s="2"/>
+    </row>
+    <row r="76" spans="1:11">
+      <c r="A76" s="2"/>
+      <c r="B76" s="2"/>
+      <c r="C76" s="2"/>
+      <c r="D76" s="2"/>
+      <c r="E76" s="2"/>
+      <c r="F76" s="2"/>
+      <c r="G76" s="2"/>
+      <c r="H76" s="2"/>
+      <c r="I76" s="2"/>
+      <c r="J76" s="2"/>
+      <c r="K76" s="2"/>
+    </row>
+    <row r="77" spans="1:11">
+      <c r="A77" s="2"/>
+      <c r="B77" s="2"/>
+      <c r="C77" s="2"/>
+      <c r="D77" s="2"/>
+      <c r="E77" s="2"/>
+      <c r="F77" s="2"/>
+      <c r="G77" s="2"/>
+      <c r="H77" s="2"/>
+      <c r="I77" s="2"/>
+      <c r="J77" s="2"/>
+      <c r="K77" s="2"/>
+    </row>
+    <row r="78" spans="1:11">
+      <c r="A78" s="2"/>
+      <c r="B78" s="2"/>
+      <c r="C78" s="2"/>
+      <c r="D78" s="2"/>
+      <c r="E78" s="2"/>
+      <c r="F78" s="2"/>
+      <c r="G78" s="2"/>
+      <c r="H78" s="2"/>
+      <c r="I78" s="2"/>
+      <c r="J78" s="2"/>
+      <c r="K78" s="2"/>
+    </row>
+    <row r="79" spans="1:11">
+      <c r="A79" s="2"/>
+      <c r="B79" s="2"/>
+      <c r="C79" s="2"/>
+      <c r="D79" s="2"/>
+      <c r="E79" s="2"/>
+      <c r="F79" s="2"/>
+      <c r="G79" s="2"/>
+      <c r="H79" s="2"/>
+      <c r="I79" s="2"/>
+      <c r="J79" s="2"/>
+      <c r="K79" s="2"/>
+    </row>
+    <row r="80" spans="1:11">
+      <c r="A80" s="2"/>
+      <c r="B80" s="2"/>
+      <c r="C80" s="2"/>
+      <c r="D80" s="2"/>
+      <c r="E80" s="2"/>
+      <c r="F80" s="2"/>
+      <c r="G80" s="2"/>
+      <c r="H80" s="2"/>
+      <c r="I80" s="2"/>
+      <c r="J80" s="2"/>
+      <c r="K80" s="2"/>
+    </row>
+    <row r="81" spans="1:11">
+      <c r="A81" s="2"/>
+      <c r="B81" s="2"/>
+      <c r="C81" s="2"/>
+      <c r="D81" s="2"/>
+      <c r="E81" s="2"/>
+      <c r="F81" s="2"/>
+      <c r="G81" s="2"/>
+      <c r="H81" s="2"/>
+      <c r="I81" s="2"/>
+      <c r="J81" s="2"/>
+      <c r="K81" s="2"/>
+    </row>
+    <row r="82" spans="1:11">
+      <c r="A82" s="2"/>
+      <c r="B82" s="2"/>
+      <c r="C82" s="2"/>
+      <c r="D82" s="2"/>
+      <c r="E82" s="2"/>
+      <c r="F82" s="2"/>
+      <c r="G82" s="2"/>
+      <c r="H82" s="2"/>
+      <c r="I82" s="2"/>
+      <c r="J82" s="2"/>
+      <c r="K82" s="2"/>
+    </row>
+    <row r="83" spans="1:11">
+      <c r="A83" s="2"/>
+      <c r="B83" s="2"/>
+      <c r="C83" s="2"/>
+      <c r="D83" s="2"/>
+      <c r="E83" s="2"/>
+      <c r="F83" s="2"/>
+      <c r="G83" s="2"/>
+      <c r="H83" s="2"/>
+      <c r="I83" s="2"/>
+      <c r="J83" s="2"/>
+      <c r="K83" s="2"/>
+    </row>
+    <row r="84" spans="1:11">
+      <c r="A84" s="2"/>
+      <c r="B84" s="2"/>
+      <c r="C84" s="2"/>
+      <c r="D84" s="2"/>
+      <c r="E84" s="2"/>
+      <c r="F84" s="2"/>
+      <c r="G84" s="2"/>
+      <c r="H84" s="2"/>
+      <c r="I84" s="2"/>
+      <c r="J84" s="2"/>
+      <c r="K84" s="2"/>
+    </row>
+    <row r="85" spans="1:11">
+      <c r="A85" s="2"/>
+      <c r="B85" s="2"/>
+      <c r="C85" s="2"/>
+      <c r="D85" s="2"/>
+      <c r="E85" s="2"/>
+      <c r="F85" s="2"/>
+      <c r="G85" s="2"/>
+      <c r="H85" s="2"/>
+      <c r="I85" s="2"/>
+      <c r="J85" s="2"/>
+      <c r="K85" s="2"/>
+    </row>
+    <row r="86" spans="1:11">
+      <c r="A86" s="2"/>
+      <c r="B86" s="2"/>
+      <c r="C86" s="2"/>
+      <c r="D86" s="2"/>
+      <c r="E86" s="2"/>
+      <c r="F86" s="2"/>
+      <c r="G86" s="2"/>
+      <c r="H86" s="2"/>
+      <c r="I86" s="2"/>
+      <c r="J86" s="2"/>
+      <c r="K86" s="2"/>
+    </row>
+    <row r="87" spans="1:11">
+      <c r="A87" s="2"/>
+      <c r="B87" s="2"/>
+      <c r="C87" s="2"/>
+      <c r="D87" s="2"/>
+      <c r="E87" s="2"/>
+      <c r="F87" s="2"/>
+      <c r="G87" s="2"/>
+      <c r="H87" s="2"/>
+      <c r="I87" s="2"/>
+      <c r="J87" s="2"/>
+      <c r="K87" s="2"/>
+    </row>
+    <row r="88" spans="1:11">
+      <c r="A88" s="2"/>
+      <c r="B88" s="2"/>
+      <c r="C88" s="2"/>
+      <c r="D88" s="2"/>
+      <c r="E88" s="2"/>
+      <c r="F88" s="2"/>
+      <c r="G88" s="2"/>
+      <c r="H88" s="2"/>
+      <c r="I88" s="2"/>
+      <c r="J88" s="2"/>
+      <c r="K88" s="2"/>
+    </row>
+    <row r="89" spans="1:11">
+      <c r="A89" s="2"/>
+      <c r="B89" s="2"/>
+      <c r="C89" s="2"/>
+      <c r="D89" s="2"/>
+      <c r="E89" s="2"/>
+      <c r="F89" s="2"/>
+      <c r="G89" s="2"/>
+      <c r="H89" s="2"/>
+      <c r="I89" s="2"/>
+      <c r="J89" s="2"/>
+      <c r="K89" s="2"/>
+    </row>
+    <row r="90" spans="1:11">
+      <c r="A90" s="2"/>
+      <c r="B90" s="2"/>
+      <c r="C90" s="2"/>
+      <c r="D90" s="2"/>
+      <c r="E90" s="2"/>
+      <c r="F90" s="2"/>
+      <c r="G90" s="2"/>
+      <c r="H90" s="2"/>
+      <c r="I90" s="2"/>
+      <c r="J90" s="2"/>
+      <c r="K90" s="2"/>
+    </row>
+    <row r="91" spans="1:11">
+      <c r="A91" s="2"/>
+      <c r="B91" s="2"/>
+      <c r="C91" s="2"/>
+      <c r="D91" s="2"/>
+      <c r="E91" s="2"/>
+      <c r="F91" s="2"/>
+      <c r="G91" s="2"/>
+      <c r="H91" s="2"/>
+      <c r="I91" s="2"/>
+      <c r="J91" s="2"/>
+      <c r="K91" s="2"/>
+    </row>
+    <row r="92" spans="1:11">
+      <c r="A92" s="2"/>
+      <c r="B92" s="2"/>
+      <c r="C92" s="2"/>
+      <c r="D92" s="2"/>
+      <c r="E92" s="2"/>
+      <c r="F92" s="2"/>
+      <c r="G92" s="2"/>
+      <c r="H92" s="2"/>
+      <c r="I92" s="2"/>
+      <c r="J92" s="2"/>
+      <c r="K92" s="2"/>
+    </row>
+    <row r="93" spans="1:11">
+      <c r="A93" s="2"/>
+      <c r="B93" s="2"/>
+      <c r="C93" s="2"/>
+      <c r="D93" s="2"/>
+      <c r="E93" s="2"/>
+      <c r="F93" s="2"/>
+      <c r="G93" s="2"/>
+      <c r="H93" s="2"/>
+      <c r="I93" s="2"/>
+      <c r="J93" s="2"/>
+      <c r="K93" s="2"/>
+    </row>
+    <row r="94" spans="1:11">
+      <c r="A94" s="2"/>
+      <c r="B94" s="2"/>
+      <c r="C94" s="2"/>
+      <c r="D94" s="2"/>
+      <c r="E94" s="2"/>
+      <c r="F94" s="2"/>
+      <c r="G94" s="2"/>
+      <c r="H94" s="2"/>
+      <c r="I94" s="2"/>
+      <c r="J94" s="2"/>
+      <c r="K94" s="2"/>
+    </row>
+    <row r="95" spans="1:11">
+      <c r="A95" s="2"/>
+      <c r="B95" s="2"/>
+      <c r="C95" s="2"/>
+      <c r="D95" s="2"/>
+      <c r="E95" s="2"/>
+      <c r="F95" s="2"/>
+      <c r="G95" s="2"/>
+      <c r="H95" s="2"/>
+      <c r="I95" s="2"/>
+      <c r="J95" s="2"/>
+      <c r="K95" s="2"/>
+    </row>
+    <row r="96" spans="1:11">
+      <c r="A96" s="2"/>
+      <c r="B96" s="2"/>
+      <c r="C96" s="2"/>
+      <c r="D96" s="2"/>
+      <c r="E96" s="2"/>
+      <c r="F96" s="2"/>
+      <c r="G96" s="2"/>
+      <c r="H96" s="2"/>
+      <c r="I96" s="2"/>
+      <c r="J96" s="2"/>
+      <c r="K96" s="2"/>
+    </row>
+    <row r="97" spans="1:11">
+      <c r="A97" s="2"/>
+      <c r="B97" s="2"/>
+      <c r="C97" s="2"/>
+      <c r="D97" s="2"/>
+      <c r="E97" s="2"/>
+      <c r="F97" s="2"/>
+      <c r="G97" s="2"/>
+      <c r="H97" s="2"/>
+      <c r="I97" s="2"/>
+      <c r="J97" s="2"/>
+      <c r="K97" s="2"/>
+    </row>
+    <row r="98" spans="1:11">
+      <c r="A98" s="2"/>
+      <c r="B98" s="2"/>
+      <c r="C98" s="2"/>
+      <c r="D98" s="2"/>
+      <c r="E98" s="2"/>
+      <c r="F98" s="2"/>
+      <c r="G98" s="2"/>
+      <c r="H98" s="2"/>
+      <c r="I98" s="2"/>
+      <c r="J98" s="2"/>
+      <c r="K98" s="2"/>
+    </row>
+    <row r="99" spans="1:11">
+      <c r="A99" s="2"/>
+      <c r="B99" s="2"/>
+      <c r="C99" s="2"/>
+      <c r="D99" s="2"/>
+      <c r="E99" s="2"/>
+      <c r="F99" s="2"/>
+      <c r="G99" s="2"/>
+      <c r="H99" s="2"/>
+      <c r="I99" s="2"/>
+      <c r="J99" s="2"/>
+      <c r="K99" s="2"/>
+    </row>
+    <row r="100" spans="1:11">
+      <c r="A100" s="2"/>
+      <c r="B100" s="2"/>
+      <c r="C100" s="2"/>
+      <c r="D100" s="2"/>
+      <c r="E100" s="2"/>
+      <c r="F100" s="2"/>
+      <c r="G100" s="2"/>
+      <c r="H100" s="2"/>
+      <c r="I100" s="2"/>
+      <c r="J100" s="2"/>
+      <c r="K100" s="2"/>
+    </row>
+    <row r="101" spans="1:11">
+      <c r="A101" s="2"/>
+      <c r="B101" s="2"/>
+      <c r="C101" s="2"/>
+      <c r="D101" s="2"/>
+      <c r="E101" s="2"/>
+      <c r="F101" s="2"/>
+      <c r="G101" s="2"/>
+      <c r="H101" s="2"/>
+      <c r="I101" s="2"/>
+      <c r="J101" s="2"/>
+      <c r="K101" s="2"/>
+    </row>
+    <row r="102" spans="1:11">
+      <c r="A102" s="2"/>
+      <c r="B102" s="2"/>
+      <c r="C102" s="2"/>
+      <c r="D102" s="2"/>
+      <c r="E102" s="2"/>
+      <c r="F102" s="2"/>
+      <c r="G102" s="2"/>
+      <c r="H102" s="2"/>
+      <c r="I102" s="2"/>
+      <c r="J102" s="2"/>
+      <c r="K102" s="2"/>
+    </row>
+    <row r="103" spans="1:11">
+      <c r="A103" s="2"/>
+      <c r="B103" s="2"/>
+      <c r="C103" s="2"/>
+      <c r="D103" s="2"/>
+      <c r="E103" s="2"/>
+      <c r="F103" s="2"/>
+      <c r="G103" s="2"/>
+      <c r="H103" s="2"/>
+      <c r="I103" s="2"/>
+      <c r="J103" s="2"/>
+      <c r="K103" s="2"/>
+    </row>
+    <row r="104" spans="1:11">
+      <c r="A104" s="2"/>
+      <c r="B104" s="2"/>
+      <c r="C104" s="2"/>
+      <c r="D104" s="2"/>
+      <c r="E104" s="2"/>
+      <c r="F104" s="2"/>
+      <c r="G104" s="2"/>
+      <c r="H104" s="2"/>
+      <c r="I104" s="2"/>
+      <c r="J104" s="2"/>
+      <c r="K104" s="2"/>
+    </row>
+    <row r="105" spans="1:11">
+      <c r="A105" s="2"/>
+      <c r="B105" s="2"/>
+      <c r="C105" s="2"/>
+      <c r="D105" s="2"/>
+      <c r="E105" s="2"/>
+      <c r="F105" s="2"/>
+      <c r="G105" s="2"/>
+      <c r="H105" s="2"/>
+      <c r="I105" s="2"/>
+      <c r="J105" s="2"/>
+      <c r="K105" s="2"/>
+    </row>
+    <row r="106" spans="1:11">
+      <c r="A106" s="2"/>
+      <c r="B106" s="2"/>
+      <c r="C106" s="2"/>
+      <c r="D106" s="2"/>
+      <c r="E106" s="2"/>
+      <c r="F106" s="2"/>
+      <c r="G106" s="2"/>
+      <c r="H106" s="2"/>
+      <c r="I106" s="2"/>
+      <c r="J106" s="2"/>
+      <c r="K106" s="2"/>
+    </row>
+    <row r="107" spans="1:11">
+      <c r="A107" s="2"/>
+      <c r="B107" s="2"/>
+      <c r="C107" s="2"/>
+      <c r="D107" s="2"/>
+      <c r="E107" s="2"/>
+      <c r="F107" s="2"/>
+      <c r="G107" s="2"/>
+      <c r="H107" s="2"/>
+      <c r="I107" s="2"/>
+      <c r="J107" s="2"/>
+      <c r="K107" s="2"/>
+    </row>
+    <row r="108" spans="1:11">
+      <c r="A108" s="2"/>
+      <c r="B108" s="2"/>
+      <c r="C108" s="2"/>
+      <c r="D108" s="2"/>
+      <c r="E108" s="2"/>
+      <c r="F108" s="2"/>
+      <c r="G108" s="2"/>
+      <c r="H108" s="2"/>
+      <c r="I108" s="2"/>
+      <c r="J108" s="2"/>
+      <c r="K108" s="2"/>
+    </row>
+    <row r="109" spans="1:11">
+      <c r="A109" s="2"/>
+      <c r="B109" s="2"/>
+      <c r="C109" s="2"/>
+      <c r="D109" s="2"/>
+      <c r="E109" s="2"/>
+      <c r="F109" s="2"/>
+      <c r="G109" s="2"/>
+      <c r="H109" s="2"/>
+      <c r="I109" s="2"/>
+      <c r="J109" s="2"/>
+      <c r="K109" s="2"/>
+    </row>
+    <row r="110" spans="1:11">
+      <c r="A110" s="2"/>
+      <c r="B110" s="2"/>
+      <c r="C110" s="2"/>
+      <c r="D110" s="2"/>
+      <c r="E110" s="2"/>
+      <c r="F110" s="2"/>
+      <c r="G110" s="2"/>
+      <c r="H110" s="2"/>
+      <c r="I110" s="2"/>
+      <c r="J110" s="2"/>
+      <c r="K110" s="2"/>
+    </row>
+    <row r="111" spans="1:11">
+      <c r="A111" s="2"/>
+      <c r="B111" s="2"/>
+      <c r="C111" s="2"/>
+      <c r="D111" s="2"/>
+      <c r="E111" s="2"/>
+      <c r="F111" s="2"/>
+      <c r="G111" s="2"/>
+      <c r="H111" s="2"/>
+      <c r="I111" s="2"/>
+      <c r="J111" s="2"/>
+      <c r="K111" s="2"/>
+    </row>
+    <row r="112" spans="1:11">
+      <c r="A112" s="31" t="s">
         <v>25</v>
       </c>
-      <c r="B17" s="18">
-[...1407 lines deleted...]
-      </c>
+      <c r="B112" s="2"/>
+      <c r="C112" s="2"/>
+      <c r="D112" s="2"/>
+      <c r="E112" s="2"/>
+      <c r="F112" s="2"/>
+      <c r="G112" s="2"/>
+      <c r="H112" s="2"/>
+      <c r="I112" s="2"/>
+      <c r="J112" s="2"/>
+      <c r="K112" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="5">
-    <mergeCell ref="L5:M5"/>
+    <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
@@ -3040,52 +2710,52 @@
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Standard</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">960ba701-3380-41b5-9bb0-3b6b58c1499e</TermId>
         </TermInfo>
       </Terms>
     </kedb2ff0ca1e408a99ab642b77c963a5>
     <ffccade9da8a475ab8f1c108c3e23718 xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </ffccade9da8a475ab8f1c108c3e23718>
     <IsPublicDocument xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">true</IsPublicDocument>
     <Retention xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">2</Retention>
     <TaxCatchAll xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
       <Value>5</Value>
       <Value>9</Value>
       <Value>7</Value>
     </TaxCatchAll>
     <_dlc_DocId xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">WCCC-214421703-845</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
       <Url>https://warwickshiregovuk.sharepoint.com/sites/edrm-LS/_layouts/15/DocIdRedir.aspx?ID=WCCC-214421703-845</Url>
       <Description>WCCC-214421703-845</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Service Document" ma:contentTypeID="0x010100C50F05A7ED30F54294ADC2B50AFA98D1009E6C9E76C759E14EB9F2D3DD62F17661" ma:contentTypeVersion="18" ma:contentTypeDescription="Custom service document" ma:contentTypeScope="" ma:versionID="d2a4f421a9506c7236e6986f492a3233">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="78a9e8ab-f1c3-4d40-985a-93fd8ee92998" xmlns:ns3="0effdf57-8945-4ab5-a2a1-b358091f1326" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="efdcb6de0e0d4703715e61047fdb9d45" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Service Document" ma:contentTypeID="0x010100C50F05A7ED30F54294ADC2B50AFA98D1009E6C9E76C759E14EB9F2D3DD62F17661" ma:contentTypeVersion="18" ma:contentTypeDescription="Custom service document" ma:contentTypeScope="" ma:versionID="eb90ab2d2c0f040b2ec07be2817f2779">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="78a9e8ab-f1c3-4d40-985a-93fd8ee92998" xmlns:ns3="0effdf57-8945-4ab5-a2a1-b358091f1326" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5331736def436f41b7473052e4752cc8" ns2:_="" ns3:_="">
     <xsd:import namespace="78a9e8ab-f1c3-4d40-985a-93fd8ee92998"/>
     <xsd:import namespace="0effdf57-8945-4ab5-a2a1-b358091f1326"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:Retention" minOccurs="0"/>
                 <xsd:element ref="ns2:DocumentStatus"/>
                 <xsd:element ref="ns2:IsPublicDocument" minOccurs="0"/>
                 <xsd:element ref="ns2:PublicDocumentUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:DisposalDate" minOccurs="0"/>
                 <xsd:element ref="ns2:ffccade9da8a475ab8f1c108c3e23718" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:kedb2ff0ca1e408a99ab642b77c963a5" minOccurs="0"/>
                 <xsd:element ref="ns2:m6f1b19d255b4c43ac68d7531f76a7f7" minOccurs="0"/>
                 <xsd:element ref="ns2:gfbd317b6d45488ba6923c9499396db1" minOccurs="0"/>
                 <xsd:element ref="ns2:l9b9e22c36cb44fca76c18eb4ce001f3" minOccurs="0"/>
                 <xsd:element ref="ns2:f36226996675478285decb82353bbd3c" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
@@ -3373,51 +3043,51 @@
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{05C53158-018B-4C96-BA6F-6D8F40EC586C}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B2CB3182-6AD6-446C-9FAA-C04B6F04C51C}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32614090-8A38-46D2-9704-FFE5BD7F6595}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB43DD53-75C7-4D06-8D6C-57AA3043AD75}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57A1BD48-345B-41C7-8E57-63659CEE3313}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jayne Comerford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>