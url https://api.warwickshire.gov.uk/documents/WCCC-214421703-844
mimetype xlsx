--- v0 (2025-10-08)
+++ v1 (2026-01-23)
@@ -2,111 +2,111 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28618"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29622"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://warwickshiregovuk.sharepoint.com/sites/edrm-LS/Shared Documents/Intranet Docs/Education stats/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="3" documentId="13_ncr:1_{2182EAC2-EE4D-460B-940C-F698749A039F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EB907868-B8D8-41BA-9378-AFA90E3910AB}"/>
+  <xr:revisionPtr revIDLastSave="4" documentId="13_ncr:1_{2182EAC2-EE4D-460B-940C-F698749A039F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{427CFD79-5389-4109-A566-0816E36B5405}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Secondary transfer appeal stati" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="47">
   <si>
     <t>Appeals for Entrance into Year 7</t>
   </si>
   <si>
     <t>The number of appeals heard by an Independent Appeal Panel for entry into Year 7 only for appeals received between 1 March and 31 August</t>
   </si>
   <si>
     <t>Name of school</t>
   </si>
   <si>
-    <t>Academic Year 2019/20</t>
-[...1 lines deleted...]
-  <si>
     <t>Academic Year 2020/21</t>
   </si>
   <si>
     <t>Academic Year 2021/22</t>
   </si>
   <si>
     <t>Academic Year 2022/23</t>
   </si>
   <si>
     <t>Academic Year 2023/24</t>
   </si>
   <si>
+    <t>Academic Year 2024/25</t>
+  </si>
+  <si>
     <t> </t>
   </si>
   <si>
     <t>Number of appeals  heard</t>
   </si>
   <si>
     <t>Number of appeals successful</t>
   </si>
   <si>
     <t>Number of appeals heard</t>
   </si>
   <si>
     <t>Alcester Academy</t>
   </si>
   <si>
     <t>Alcester Grammar School</t>
   </si>
   <si>
     <t>Ash Green School</t>
   </si>
   <si>
     <t xml:space="preserve">Ashlawn School </t>
   </si>
   <si>
     <t>n/a</t>
@@ -133,50 +133,53 @@
     <t xml:space="preserve">Houlton School </t>
   </si>
   <si>
     <t>Kenilworth School</t>
   </si>
   <si>
     <t>Kineton School</t>
   </si>
   <si>
     <t>King Edward VI School</t>
   </si>
   <si>
     <t>Kingsbury School</t>
   </si>
   <si>
     <t>Lawrence Sheriff School</t>
   </si>
   <si>
     <t>Myton School</t>
   </si>
   <si>
     <t>Nicholas Chamberlaine</t>
   </si>
   <si>
     <t>North Leamington School</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oakley School </t>
   </si>
   <si>
     <t>Queen Elizabeth</t>
   </si>
   <si>
     <t>Rugby Free Secondary School</t>
   </si>
   <si>
     <t>Rugby High School</t>
   </si>
   <si>
     <t>Shipston High School</t>
   </si>
   <si>
     <t>Southam College</t>
   </si>
   <si>
     <t>Stratford Girls Grammar School</t>
   </si>
   <si>
     <t>Stratford Upon Avon School</t>
   </si>
   <si>
     <t xml:space="preserve">St. Thomas More School </t>
   </si>
@@ -364,131 +367,131 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...9 lines deleted...]
-    <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="28">
+  <cellXfs count="30">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -767,1539 +770,1575 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L40"/>
+  <dimension ref="A1:L41"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A37" workbookViewId="0">
-      <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="C2" sqref="C2"/>
+      <pane xSplit="1" topLeftCell="C2" activePane="topRight" state="frozen"/>
+      <selection pane="topRight" activeCell="M9" sqref="M9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="35.5703125" customWidth="1"/>
     <col min="10" max="10" width="14.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="46.5">
+    <row r="1" spans="1:12" ht="47.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
-      <c r="H1" s="3"/>
-[...2 lines deleted...]
-      <c r="K1" s="4"/>
+      <c r="H1" s="4"/>
+      <c r="I1" s="4"/>
+      <c r="J1" s="3"/>
+      <c r="K1" s="3"/>
     </row>
     <row r="2" spans="1:12" ht="30.75">
       <c r="A2" s="5"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
-      <c r="H2" s="3"/>
-[...4 lines deleted...]
-    <row r="3" spans="1:12" ht="74.25">
+      <c r="H2" s="4"/>
+      <c r="I2" s="4"/>
+      <c r="J2" s="3"/>
+      <c r="K2" s="3"/>
+    </row>
+    <row r="3" spans="1:12" ht="76.5">
       <c r="A3" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
-      <c r="H3" s="3"/>
-[...2 lines deleted...]
-      <c r="K3" s="4"/>
+      <c r="H3" s="4"/>
+      <c r="I3" s="4"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
     </row>
     <row r="4" spans="1:12" ht="15.75" customHeight="1">
       <c r="A4" s="3"/>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
-      <c r="H4" s="3"/>
-[...2 lines deleted...]
-      <c r="K4" s="4"/>
+      <c r="H4" s="4"/>
+      <c r="I4" s="4"/>
+      <c r="J4" s="3"/>
+      <c r="K4" s="3"/>
     </row>
     <row r="5" spans="1:12" ht="30.75" customHeight="1">
       <c r="A5" s="7" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="8"/>
       <c r="D5" s="9" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="8"/>
       <c r="F5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G5" s="8"/>
-      <c r="H5" s="9" t="s">
+      <c r="H5" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="I5" s="8"/>
-      <c r="J5" s="10" t="s">
+      <c r="I5" s="11"/>
+      <c r="J5" s="9" t="s">
         <v>7</v>
       </c>
-      <c r="K5" s="11"/>
+      <c r="K5" s="12"/>
       <c r="L5" s="1" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="6" spans="1:12" ht="45">
-[...3 lines deleted...]
-      <c r="B6" s="13" t="s">
+    <row r="6" spans="1:12" ht="45.75">
+      <c r="A6" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" s="14" t="s">
         <v>9</v>
       </c>
-      <c r="C6" s="13" t="s">
+      <c r="C6" s="14" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="14" t="s">
         <v>9</v>
       </c>
-      <c r="E6" s="14" t="s">
+      <c r="E6" s="15" t="s">
         <v>10</v>
       </c>
-      <c r="F6" s="14" t="s">
+      <c r="F6" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="H6" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="I6" s="19" t="s">
+        <v>10</v>
+      </c>
+      <c r="J6" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="K6" s="20" t="s">
+        <v>10</v>
+      </c>
+      <c r="L6" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="15">
+      <c r="A7" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="B7" s="21">
         <v>9</v>
       </c>
-      <c r="G6" s="15" t="s">
+      <c r="C7" s="21">
+        <v>0</v>
+      </c>
+      <c r="D7" s="21">
+        <v>7</v>
+      </c>
+      <c r="E7" s="22">
+        <v>0</v>
+      </c>
+      <c r="F7" s="23">
         <v>10</v>
       </c>
-      <c r="H6" s="16" t="s">
+      <c r="G7" s="24">
+        <v>0</v>
+      </c>
+      <c r="H7" s="25">
+        <v>13</v>
+      </c>
+      <c r="I7" s="26">
+        <v>2</v>
+      </c>
+      <c r="J7" s="27">
+        <v>9</v>
+      </c>
+      <c r="K7" s="28">
+        <v>1</v>
+      </c>
+      <c r="L7" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="15">
+      <c r="A8" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="B8" s="29">
+        <v>31</v>
+      </c>
+      <c r="C8" s="29">
+        <v>4</v>
+      </c>
+      <c r="D8" s="29">
+        <v>33</v>
+      </c>
+      <c r="E8" s="24">
+        <v>5</v>
+      </c>
+      <c r="F8" s="23">
+        <v>15</v>
+      </c>
+      <c r="G8" s="24">
+        <v>4</v>
+      </c>
+      <c r="H8" s="25">
+        <v>28</v>
+      </c>
+      <c r="I8" s="26">
+        <v>6</v>
+      </c>
+      <c r="J8" s="27">
+        <v>32</v>
+      </c>
+      <c r="K8" s="28">
+        <v>2</v>
+      </c>
+      <c r="L8" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="15">
+      <c r="A9" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="B9" s="29">
+        <v>1</v>
+      </c>
+      <c r="C9" s="29">
+        <v>1</v>
+      </c>
+      <c r="D9" s="29">
+        <v>17</v>
+      </c>
+      <c r="E9" s="24">
+        <v>4</v>
+      </c>
+      <c r="F9" s="23">
+        <v>18</v>
+      </c>
+      <c r="G9" s="24">
+        <v>6</v>
+      </c>
+      <c r="H9" s="25">
+        <v>8</v>
+      </c>
+      <c r="I9" s="26">
+        <v>0</v>
+      </c>
+      <c r="J9" s="27">
+        <v>0</v>
+      </c>
+      <c r="K9" s="28">
+        <v>0</v>
+      </c>
+      <c r="L9" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="15">
+      <c r="A10" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="C10" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="D10" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="E10" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="F10" s="23" t="s">
+        <v>16</v>
+      </c>
+      <c r="G10" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="H10" s="25">
+        <v>6</v>
+      </c>
+      <c r="I10" s="26">
+        <v>1</v>
+      </c>
+      <c r="J10" s="27">
+        <v>10</v>
+      </c>
+      <c r="K10" s="28">
+        <v>7</v>
+      </c>
+      <c r="L10" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="15">
+      <c r="A11" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="B11" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="C11" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="D11" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="E11" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="F11" s="23">
+        <v>1</v>
+      </c>
+      <c r="G11" s="24">
+        <v>0</v>
+      </c>
+      <c r="H11" s="25">
+        <v>0</v>
+      </c>
+      <c r="I11" s="26">
+        <v>0</v>
+      </c>
+      <c r="J11" s="27">
+        <v>0</v>
+      </c>
+      <c r="K11" s="28">
+        <v>0</v>
+      </c>
+      <c r="L11" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="15">
+      <c r="A12" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="C12" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="D12" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="E12" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="F12" s="23">
+        <v>10</v>
+      </c>
+      <c r="G12" s="24">
+        <v>3</v>
+      </c>
+      <c r="H12" s="25">
+        <v>0</v>
+      </c>
+      <c r="I12" s="26">
+        <v>0</v>
+      </c>
+      <c r="J12" s="27">
+        <v>0</v>
+      </c>
+      <c r="K12" s="28">
+        <v>0</v>
+      </c>
+      <c r="L12" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="15">
+      <c r="A13" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" s="29">
+        <v>0</v>
+      </c>
+      <c r="C13" s="29">
+        <v>0</v>
+      </c>
+      <c r="D13" s="29">
+        <v>0</v>
+      </c>
+      <c r="E13" s="24">
+        <v>0</v>
+      </c>
+      <c r="F13" s="23">
+        <v>12</v>
+      </c>
+      <c r="G13" s="24">
+        <v>0</v>
+      </c>
+      <c r="H13" s="25">
+        <v>10</v>
+      </c>
+      <c r="I13" s="26">
+        <v>2</v>
+      </c>
+      <c r="J13" s="27">
+        <v>6</v>
+      </c>
+      <c r="K13" s="28">
+        <v>1</v>
+      </c>
+      <c r="L13" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="15">
+      <c r="A14" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="B14" s="29">
+        <v>0</v>
+      </c>
+      <c r="C14" s="29">
+        <v>0</v>
+      </c>
+      <c r="D14" s="29">
+        <v>0</v>
+      </c>
+      <c r="E14" s="24">
+        <v>0</v>
+      </c>
+      <c r="F14" s="23">
+        <v>5</v>
+      </c>
+      <c r="G14" s="24">
+        <v>1</v>
+      </c>
+      <c r="H14" s="25">
+        <v>0</v>
+      </c>
+      <c r="I14" s="26">
+        <v>0</v>
+      </c>
+      <c r="J14" s="27">
+        <v>0</v>
+      </c>
+      <c r="K14" s="28">
+        <v>0</v>
+      </c>
+      <c r="L14" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="15">
+      <c r="A15" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="B15" s="29">
+        <v>9</v>
+      </c>
+      <c r="C15" s="29">
+        <v>0</v>
+      </c>
+      <c r="D15" s="29">
+        <v>3</v>
+      </c>
+      <c r="E15" s="24">
+        <v>1</v>
+      </c>
+      <c r="F15" s="23">
+        <v>7</v>
+      </c>
+      <c r="G15" s="24">
+        <v>1</v>
+      </c>
+      <c r="H15" s="25">
+        <v>12</v>
+      </c>
+      <c r="I15" s="26">
+        <v>2</v>
+      </c>
+      <c r="J15" s="27">
+        <v>8</v>
+      </c>
+      <c r="K15" s="28">
+        <v>8</v>
+      </c>
+      <c r="L15" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" ht="15">
+      <c r="A16" s="13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B16" s="29">
+        <v>7</v>
+      </c>
+      <c r="C16" s="29">
+        <v>0</v>
+      </c>
+      <c r="D16" s="29">
+        <v>15</v>
+      </c>
+      <c r="E16" s="24">
+        <v>0</v>
+      </c>
+      <c r="F16" s="23">
+        <v>8</v>
+      </c>
+      <c r="G16" s="24">
+        <v>0</v>
+      </c>
+      <c r="H16" s="25">
+        <v>19</v>
+      </c>
+      <c r="I16" s="26">
+        <v>7</v>
+      </c>
+      <c r="J16" s="27">
+        <v>28</v>
+      </c>
+      <c r="K16" s="28">
+        <v>6</v>
+      </c>
+      <c r="L16" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" ht="15">
+      <c r="A17" s="13" t="s">
+        <v>23</v>
+      </c>
+      <c r="B17" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="C17" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="D17" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="E17" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="F17" s="23">
+        <v>5</v>
+      </c>
+      <c r="G17" s="24">
+        <v>0</v>
+      </c>
+      <c r="H17" s="25">
+        <v>18</v>
+      </c>
+      <c r="I17" s="26">
+        <v>0</v>
+      </c>
+      <c r="J17" s="27">
+        <v>5</v>
+      </c>
+      <c r="K17" s="28">
+        <v>0</v>
+      </c>
+      <c r="L17" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" ht="15">
+      <c r="A18" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="B18" s="29">
+        <v>48</v>
+      </c>
+      <c r="C18" s="29">
+        <v>6</v>
+      </c>
+      <c r="D18" s="29">
+        <v>24</v>
+      </c>
+      <c r="E18" s="24">
+        <v>4</v>
+      </c>
+      <c r="F18" s="23">
+        <v>30</v>
+      </c>
+      <c r="G18" s="24">
+        <v>7</v>
+      </c>
+      <c r="H18" s="25">
+        <v>9</v>
+      </c>
+      <c r="I18" s="26">
+        <v>1</v>
+      </c>
+      <c r="J18" s="27">
         <v>11</v>
       </c>
-      <c r="I6" s="17" t="s">
+      <c r="K18" s="28">
+        <v>9</v>
+      </c>
+      <c r="L18" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" ht="15">
+      <c r="A19" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="B19" s="29">
+        <v>0</v>
+      </c>
+      <c r="C19" s="29">
+        <v>0</v>
+      </c>
+      <c r="D19" s="29">
+        <v>0</v>
+      </c>
+      <c r="E19" s="24">
+        <v>0</v>
+      </c>
+      <c r="F19" s="23">
+        <v>1</v>
+      </c>
+      <c r="G19" s="24">
+        <v>1</v>
+      </c>
+      <c r="H19" s="25">
+        <v>14</v>
+      </c>
+      <c r="I19" s="26">
+        <v>1</v>
+      </c>
+      <c r="J19" s="27">
+        <v>18</v>
+      </c>
+      <c r="K19" s="28">
+        <v>0</v>
+      </c>
+      <c r="L19" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" ht="15">
+      <c r="A20" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="B20" s="29">
+        <v>11</v>
+      </c>
+      <c r="C20" s="29">
+        <v>3</v>
+      </c>
+      <c r="D20" s="29">
+        <v>14</v>
+      </c>
+      <c r="E20" s="24">
+        <v>3</v>
+      </c>
+      <c r="F20" s="23">
+        <v>11</v>
+      </c>
+      <c r="G20" s="24">
+        <v>0</v>
+      </c>
+      <c r="H20" s="25">
+        <v>14</v>
+      </c>
+      <c r="I20" s="26">
+        <v>2</v>
+      </c>
+      <c r="J20" s="27">
+        <v>12</v>
+      </c>
+      <c r="K20" s="28">
+        <v>3</v>
+      </c>
+      <c r="L20" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" ht="15">
+      <c r="A21" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="B21" s="29">
+        <v>0</v>
+      </c>
+      <c r="C21" s="29">
+        <v>0</v>
+      </c>
+      <c r="D21" s="29">
+        <v>0</v>
+      </c>
+      <c r="E21" s="24">
+        <v>0</v>
+      </c>
+      <c r="F21" s="23">
+        <v>0</v>
+      </c>
+      <c r="G21" s="24">
+        <v>0</v>
+      </c>
+      <c r="H21" s="25">
+        <v>4</v>
+      </c>
+      <c r="I21" s="26">
+        <v>0</v>
+      </c>
+      <c r="J21" s="27">
+        <v>0</v>
+      </c>
+      <c r="K21" s="28">
+        <v>0</v>
+      </c>
+      <c r="L21" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" ht="15">
+      <c r="A22" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B22" s="29">
+        <v>21</v>
+      </c>
+      <c r="C22" s="29">
+        <v>0</v>
+      </c>
+      <c r="D22" s="29">
+        <v>13</v>
+      </c>
+      <c r="E22" s="24">
+        <v>0</v>
+      </c>
+      <c r="F22" s="23">
+        <v>11</v>
+      </c>
+      <c r="G22" s="24">
+        <v>0</v>
+      </c>
+      <c r="H22" s="25">
+        <v>12</v>
+      </c>
+      <c r="I22" s="26">
+        <v>0</v>
+      </c>
+      <c r="J22" s="27">
+        <v>31</v>
+      </c>
+      <c r="K22" s="28">
+        <v>2</v>
+      </c>
+      <c r="L22" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" ht="15">
+      <c r="A23" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B23" s="29">
+        <v>6</v>
+      </c>
+      <c r="C23" s="29">
+        <v>0</v>
+      </c>
+      <c r="D23" s="29">
+        <v>15</v>
+      </c>
+      <c r="E23" s="24">
+        <v>4</v>
+      </c>
+      <c r="F23" s="23">
+        <v>35</v>
+      </c>
+      <c r="G23" s="24">
+        <v>4</v>
+      </c>
+      <c r="H23" s="25">
+        <v>8</v>
+      </c>
+      <c r="I23" s="26">
+        <v>0</v>
+      </c>
+      <c r="J23" s="27">
+        <v>0</v>
+      </c>
+      <c r="K23" s="28">
+        <v>0</v>
+      </c>
+      <c r="L23" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" ht="15">
+      <c r="A24" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="B24" s="29">
+        <v>0</v>
+      </c>
+      <c r="C24" s="29">
+        <v>0</v>
+      </c>
+      <c r="D24" s="29">
+        <v>0</v>
+      </c>
+      <c r="E24" s="24">
+        <v>0</v>
+      </c>
+      <c r="F24" s="23">
+        <v>0</v>
+      </c>
+      <c r="G24" s="24">
+        <v>0</v>
+      </c>
+      <c r="H24" s="25">
+        <v>0</v>
+      </c>
+      <c r="I24" s="26">
+        <v>0</v>
+      </c>
+      <c r="J24" s="27">
+        <v>0</v>
+      </c>
+      <c r="K24" s="28">
+        <v>0</v>
+      </c>
+      <c r="L24" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" ht="15">
+      <c r="A25" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="B25" s="29">
+        <v>28</v>
+      </c>
+      <c r="C25" s="29">
+        <v>1</v>
+      </c>
+      <c r="D25" s="29">
+        <v>18</v>
+      </c>
+      <c r="E25" s="24">
+        <v>1</v>
+      </c>
+      <c r="F25" s="23">
+        <v>9</v>
+      </c>
+      <c r="G25" s="24">
+        <v>1</v>
+      </c>
+      <c r="H25" s="25">
+        <v>27</v>
+      </c>
+      <c r="I25" s="26">
+        <v>7</v>
+      </c>
+      <c r="J25" s="27">
+        <v>8</v>
+      </c>
+      <c r="K25" s="28">
+        <v>0</v>
+      </c>
+      <c r="L25" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" ht="15">
+      <c r="A26" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="B26" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="C26" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="D26" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="F26" s="23" t="s">
+        <v>16</v>
+      </c>
+      <c r="G26" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="H26" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="I26" s="26" t="s">
+        <v>16</v>
+      </c>
+      <c r="J26" s="27">
+        <v>5</v>
+      </c>
+      <c r="K26" s="28">
+        <v>0</v>
+      </c>
+      <c r="L26" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" ht="15">
+      <c r="A27" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="B27" s="29">
+        <v>21</v>
+      </c>
+      <c r="C27" s="29">
+        <v>3</v>
+      </c>
+      <c r="D27" s="29">
+        <v>3</v>
+      </c>
+      <c r="E27" s="24">
+        <v>0</v>
+      </c>
+      <c r="F27" s="23">
+        <v>16</v>
+      </c>
+      <c r="G27" s="24">
+        <v>2</v>
+      </c>
+      <c r="H27" s="25">
+        <v>22</v>
+      </c>
+      <c r="I27" s="26">
+        <v>2</v>
+      </c>
+      <c r="J27" s="27">
+        <v>8</v>
+      </c>
+      <c r="K27" s="28">
+        <v>1</v>
+      </c>
+      <c r="L27" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" ht="15">
+      <c r="A28" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="B28" s="29">
+        <v>0</v>
+      </c>
+      <c r="C28" s="29">
+        <v>0</v>
+      </c>
+      <c r="D28" s="29">
+        <v>0</v>
+      </c>
+      <c r="E28" s="24">
+        <v>0</v>
+      </c>
+      <c r="F28" s="23">
+        <v>0</v>
+      </c>
+      <c r="G28" s="24">
+        <v>0</v>
+      </c>
+      <c r="H28" s="25">
+        <v>6</v>
+      </c>
+      <c r="I28" s="26">
+        <v>0</v>
+      </c>
+      <c r="J28" s="27">
+        <v>20</v>
+      </c>
+      <c r="K28" s="28">
+        <v>2</v>
+      </c>
+      <c r="L28" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" ht="15">
+      <c r="A29" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="B29" s="29">
+        <v>20</v>
+      </c>
+      <c r="C29" s="29">
+        <v>1</v>
+      </c>
+      <c r="D29" s="29">
+        <v>25</v>
+      </c>
+      <c r="E29" s="24">
+        <v>1</v>
+      </c>
+      <c r="F29" s="23">
+        <v>18</v>
+      </c>
+      <c r="G29" s="24">
+        <v>2</v>
+      </c>
+      <c r="H29" s="25">
+        <v>22</v>
+      </c>
+      <c r="I29" s="26">
+        <v>2</v>
+      </c>
+      <c r="J29" s="27">
+        <v>21</v>
+      </c>
+      <c r="K29" s="28">
+        <v>0</v>
+      </c>
+      <c r="L29" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" ht="15">
+      <c r="A30" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="B30" s="29">
+        <v>0</v>
+      </c>
+      <c r="C30" s="29">
+        <v>0</v>
+      </c>
+      <c r="D30" s="29">
+        <v>0</v>
+      </c>
+      <c r="E30" s="24">
+        <v>0</v>
+      </c>
+      <c r="F30" s="23">
+        <v>4</v>
+      </c>
+      <c r="G30" s="24">
+        <v>1</v>
+      </c>
+      <c r="H30" s="25">
+        <v>0</v>
+      </c>
+      <c r="I30" s="26">
+        <v>0</v>
+      </c>
+      <c r="J30" s="27">
+        <v>0</v>
+      </c>
+      <c r="K30" s="28">
+        <v>0</v>
+      </c>
+      <c r="L30" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" ht="15">
+      <c r="A31" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="B31" s="29">
+        <v>16</v>
+      </c>
+      <c r="C31" s="29">
+        <v>3</v>
+      </c>
+      <c r="D31" s="29">
+        <v>6</v>
+      </c>
+      <c r="E31" s="24">
+        <v>1</v>
+      </c>
+      <c r="F31" s="23">
+        <v>23</v>
+      </c>
+      <c r="G31" s="24">
+        <v>1</v>
+      </c>
+      <c r="H31" s="25">
+        <v>6</v>
+      </c>
+      <c r="I31" s="26">
+        <v>4</v>
+      </c>
+      <c r="J31" s="27">
+        <v>3</v>
+      </c>
+      <c r="K31" s="28">
+        <v>3</v>
+      </c>
+      <c r="L31" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" ht="15">
+      <c r="A32" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="B32" s="29">
         <v>10</v>
       </c>
-      <c r="J6" s="18" t="s">
-[...2 lines deleted...]
-      <c r="K6" s="19" t="s">
+      <c r="C32" s="29">
+        <v>0</v>
+      </c>
+      <c r="D32" s="29">
+        <v>12</v>
+      </c>
+      <c r="E32" s="24">
+        <v>0</v>
+      </c>
+      <c r="F32" s="23">
         <v>10</v>
       </c>
-      <c r="L6" s="1" t="s">
-[...973 lines deleted...]
-        <v>16</v>
+      <c r="G32" s="24">
+        <v>0</v>
       </c>
       <c r="H32" s="25">
         <v>4</v>
       </c>
-      <c r="I32" s="21">
+      <c r="I32" s="26">
+        <v>0</v>
+      </c>
+      <c r="J32" s="27">
+        <v>11</v>
+      </c>
+      <c r="K32" s="28">
+        <v>0</v>
+      </c>
+      <c r="L32" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" ht="15">
+      <c r="A33" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="B33" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="C33" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="D33" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="E33" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="F33" s="23">
+        <v>4</v>
+      </c>
+      <c r="G33" s="24">
         <v>3</v>
       </c>
-      <c r="J32" s="26">
+      <c r="H33" s="25">
         <v>5</v>
       </c>
-      <c r="K32" s="27">
-[...34 lines deleted...]
-      <c r="J33" s="26">
+      <c r="I33" s="26">
+        <v>0</v>
+      </c>
+      <c r="J33" s="27">
+        <v>4</v>
+      </c>
+      <c r="K33" s="28">
+        <v>0</v>
+      </c>
+      <c r="L33" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" ht="15">
+      <c r="A34" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="B34" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="C34" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="D34" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="E34" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="F34" s="23">
+        <v>16</v>
+      </c>
+      <c r="G34" s="24">
+        <v>1</v>
+      </c>
+      <c r="H34" s="25">
         <v>17</v>
       </c>
-      <c r="K33" s="27">
+      <c r="I34" s="26">
         <v>4</v>
       </c>
-      <c r="L33" s="1" t="s">
-[...13 lines deleted...]
-      <c r="D34" s="25">
+      <c r="J34" s="27">
+        <v>31</v>
+      </c>
+      <c r="K34" s="28">
+        <v>5</v>
+      </c>
+      <c r="L34" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" ht="15">
+      <c r="A35" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="B35" s="29">
         <v>13</v>
       </c>
-      <c r="E34" s="20">
+      <c r="C35" s="29">
         <v>3</v>
       </c>
-      <c r="F34" s="20">
+      <c r="D35" s="29">
         <v>19</v>
       </c>
-      <c r="G34" s="21">
+      <c r="E35" s="24">
         <v>2</v>
       </c>
-      <c r="H34" s="25">
+      <c r="F35" s="23">
         <v>18</v>
       </c>
-      <c r="I34" s="21">
+      <c r="G35" s="24">
         <v>5</v>
       </c>
-      <c r="J34" s="26">
-[...16 lines deleted...]
-      <c r="C35" s="21">
+      <c r="H35" s="25">
+        <v>16</v>
+      </c>
+      <c r="I35" s="26">
+        <v>0</v>
+      </c>
+      <c r="J35" s="27">
+        <v>0</v>
+      </c>
+      <c r="K35" s="28">
+        <v>0</v>
+      </c>
+      <c r="L35" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" ht="15">
+      <c r="A36" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="B36" s="29">
+        <v>29</v>
+      </c>
+      <c r="C36" s="29">
+        <v>5</v>
+      </c>
+      <c r="D36" s="29">
+        <v>12</v>
+      </c>
+      <c r="E36" s="24">
+        <v>4</v>
+      </c>
+      <c r="F36" s="23">
+        <v>5</v>
+      </c>
+      <c r="G36" s="24">
+        <v>1</v>
+      </c>
+      <c r="H36" s="25">
+        <v>6</v>
+      </c>
+      <c r="I36" s="26">
+        <v>1</v>
+      </c>
+      <c r="J36" s="27">
+        <v>8</v>
+      </c>
+      <c r="K36" s="28">
+        <v>1</v>
+      </c>
+      <c r="L36" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" ht="15">
+      <c r="A37" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="B37" s="29">
+        <v>5</v>
+      </c>
+      <c r="C37" s="29">
+        <v>1</v>
+      </c>
+      <c r="D37" s="29">
+        <v>3</v>
+      </c>
+      <c r="E37" s="24">
         <v>2</v>
       </c>
-      <c r="D35" s="25">
-[...2 lines deleted...]
-      <c r="E35" s="20">
+      <c r="F37" s="23">
+        <v>2</v>
+      </c>
+      <c r="G37" s="24">
+        <v>0</v>
+      </c>
+      <c r="H37" s="25">
+        <v>8</v>
+      </c>
+      <c r="I37" s="26">
+        <v>3</v>
+      </c>
+      <c r="J37" s="27">
+        <v>8</v>
+      </c>
+      <c r="K37" s="28">
+        <v>2</v>
+      </c>
+      <c r="L37" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" ht="15">
+      <c r="A38" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="B38" s="29">
+        <v>0</v>
+      </c>
+      <c r="C38" s="29">
+        <v>0</v>
+      </c>
+      <c r="D38" s="29">
+        <v>0</v>
+      </c>
+      <c r="E38" s="24">
+        <v>0</v>
+      </c>
+      <c r="F38" s="23">
+        <v>1</v>
+      </c>
+      <c r="G38" s="24">
+        <v>1</v>
+      </c>
+      <c r="H38" s="25">
+        <v>0</v>
+      </c>
+      <c r="I38" s="26">
+        <v>0</v>
+      </c>
+      <c r="J38" s="27">
+        <v>0</v>
+      </c>
+      <c r="K38" s="28">
+        <v>0</v>
+      </c>
+      <c r="L38" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" ht="15.75" customHeight="1">
+      <c r="A39" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="B39" s="29">
+        <v>0</v>
+      </c>
+      <c r="C39" s="29">
+        <v>0</v>
+      </c>
+      <c r="D39" s="29">
+        <v>3</v>
+      </c>
+      <c r="E39" s="24">
+        <v>3</v>
+      </c>
+      <c r="F39" s="23">
+        <v>3</v>
+      </c>
+      <c r="G39" s="24">
+        <v>3</v>
+      </c>
+      <c r="H39" s="25">
+        <v>0</v>
+      </c>
+      <c r="I39" s="26">
+        <v>0</v>
+      </c>
+      <c r="J39" s="27">
+        <v>0</v>
+      </c>
+      <c r="K39" s="28">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" ht="15">
+      <c r="A40" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="B40" s="29">
+        <v>23</v>
+      </c>
+      <c r="C40" s="29">
+        <v>6</v>
+      </c>
+      <c r="D40" s="29">
+        <v>10</v>
+      </c>
+      <c r="E40" s="24">
+        <v>1</v>
+      </c>
+      <c r="F40" s="23">
+        <v>18</v>
+      </c>
+      <c r="G40" s="24">
+        <v>3</v>
+      </c>
+      <c r="H40" s="25">
+        <v>2</v>
+      </c>
+      <c r="I40" s="26">
+        <v>0</v>
+      </c>
+      <c r="J40" s="27">
         <v>5</v>
       </c>
-      <c r="F35" s="20">
-[...181 lines deleted...]
-      <c r="K40" s="4"/>
+      <c r="K40" s="28">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" ht="15.75" customHeight="1">
+      <c r="A41" s="3"/>
+      <c r="B41" s="3"/>
+      <c r="C41" s="3"/>
+      <c r="D41" s="3"/>
+      <c r="E41" s="3"/>
+      <c r="F41" s="3"/>
+      <c r="G41" s="3"/>
+      <c r="H41" s="4"/>
+      <c r="I41" s="4"/>
+      <c r="J41" s="3"/>
+      <c r="K41" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="B5:C5"/>
   </mergeCells>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
   <pageSetup paperSize="8" fitToHeight="0" orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...53 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Service Document" ma:contentTypeID="0x010100C50F05A7ED30F54294ADC2B50AFA98D1009E6C9E76C759E14EB9F2D3DD62F17661" ma:contentTypeVersion="18" ma:contentTypeDescription="Custom service document" ma:contentTypeScope="" ma:versionID="d2a4f421a9506c7236e6986f492a3233">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="78a9e8ab-f1c3-4d40-985a-93fd8ee92998" xmlns:ns3="0effdf57-8945-4ab5-a2a1-b358091f1326" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="efdcb6de0e0d4703715e61047fdb9d45" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Service Document" ma:contentTypeID="0x010100C50F05A7ED30F54294ADC2B50AFA98D1009E6C9E76C759E14EB9F2D3DD62F17661" ma:contentTypeVersion="18" ma:contentTypeDescription="Custom service document" ma:contentTypeScope="" ma:versionID="eb90ab2d2c0f040b2ec07be2817f2779">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="78a9e8ab-f1c3-4d40-985a-93fd8ee92998" xmlns:ns3="0effdf57-8945-4ab5-a2a1-b358091f1326" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5331736def436f41b7473052e4752cc8" ns2:_="" ns3:_="">
     <xsd:import namespace="78a9e8ab-f1c3-4d40-985a-93fd8ee92998"/>
     <xsd:import namespace="0effdf57-8945-4ab5-a2a1-b358091f1326"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:Retention" minOccurs="0"/>
                 <xsd:element ref="ns2:DocumentStatus"/>
                 <xsd:element ref="ns2:IsPublicDocument" minOccurs="0"/>
                 <xsd:element ref="ns2:PublicDocumentUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:DisposalDate" minOccurs="0"/>
                 <xsd:element ref="ns2:ffccade9da8a475ab8f1c108c3e23718" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:kedb2ff0ca1e408a99ab642b77c963a5" minOccurs="0"/>
                 <xsd:element ref="ns2:m6f1b19d255b4c43ac68d7531f76a7f7" minOccurs="0"/>
                 <xsd:element ref="ns2:gfbd317b6d45488ba6923c9499396db1" minOccurs="0"/>
                 <xsd:element ref="ns2:l9b9e22c36cb44fca76c18eb4ce001f3" minOccurs="0"/>
                 <xsd:element ref="ns2:f36226996675478285decb82353bbd3c" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
@@ -2574,123 +2613,122 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...48 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <f36226996675478285decb82353bbd3c xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </f36226996675478285decb82353bbd3c>
+    <DisposalDate xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998" xsi:nil="true"/>
+    <l9b9e22c36cb44fca76c18eb4ce001f3 xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">English</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">748e06bf-4d1a-4a4c-bcd9-5803f35d29e0</TermId>
+        </TermInfo>
+      </Terms>
+    </l9b9e22c36cb44fca76c18eb4ce001f3>
+    <PublicDocumentUrl xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Url>https://api.warwickshire.gov.uk/documents/WCCC-214421703-844</Url>
+      <Description>Link</Description>
+    </PublicDocumentUrl>
+    <DocumentStatus xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">Active</DocumentStatus>
+    <gfbd317b6d45488ba6923c9499396db1 xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </gfbd317b6d45488ba6923c9499396db1>
+    <m6f1b19d255b4c43ac68d7531f76a7f7 xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Public</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">d3c6ebfc-cc52-4ccb-bc46-feaefa0989f8</TermId>
+        </TermInfo>
+      </Terms>
+    </m6f1b19d255b4c43ac68d7531f76a7f7>
+    <kedb2ff0ca1e408a99ab642b77c963a5 xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Standard</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">960ba701-3380-41b5-9bb0-3b6b58c1499e</TermId>
+        </TermInfo>
+      </Terms>
+    </kedb2ff0ca1e408a99ab642b77c963a5>
+    <ffccade9da8a475ab8f1c108c3e23718 xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </ffccade9da8a475ab8f1c108c3e23718>
+    <IsPublicDocument xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">true</IsPublicDocument>
+    <Retention xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">2</Retention>
+    <TaxCatchAll xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Value>5</Value>
+      <Value>9</Value>
+      <Value>7</Value>
+    </TaxCatchAll>
+    <_dlc_DocId xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">WCCC-214421703-844</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Url>https://warwickshiregovuk.sharepoint.com/sites/edrm-LS/_layouts/15/DocIdRedir.aspx?ID=WCCC-214421703-844</Url>
+      <Description>WCCC-214421703-844</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC6A480A-DFFF-4C7C-944B-D0ECAC071833}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1983BEC1-DE22-4D91-9397-44F4FE90E84B}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A544DC89-3096-4897-BE3A-596A934A93C6}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB417529-6ADA-44DD-BC7A-6D9938258688}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB417529-6ADA-44DD-BC7A-6D9938258688}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF80428C-2291-4AF0-9AEE-9EDC4E98EB18}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1983BEC1-DE22-4D91-9397-44F4FE90E84B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC6A480A-DFFF-4C7C-944B-D0ECAC071833}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jayne Comerford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>