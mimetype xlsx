--- v0 (2025-10-07)
+++ v1 (2025-12-13)
@@ -2,86 +2,86 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29301"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29518"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="190" documentId="8_{84F92A74-A41A-4731-8E8B-6D176B186724}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{44FE6965-6675-44DE-8F70-CBE38895E26B}"/>
+  <xr:revisionPtr revIDLastSave="255" documentId="8_{84F92A74-A41A-4731-8E8B-6D176B186724}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A763A534-D091-47A1-B121-56EBD098BCA3}"/>
   <bookViews>
     <workbookView xWindow="40920" yWindow="-105" windowWidth="29040" windowHeight="15720" xr2:uid="{C9B1941D-FE75-43C9-B33E-811122B7FC4A}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="871" uniqueCount="311">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="877" uniqueCount="314">
   <si>
     <t xml:space="preserve">Please review the list to find out who your allocated Early Support Officer is.   Settings are in alphabatical order within districts. </t>
   </si>
   <si>
     <t xml:space="preserve">District </t>
   </si>
   <si>
     <t>Setting</t>
   </si>
   <si>
     <t>Early Support Officer</t>
   </si>
   <si>
     <t>North Warwickshire</t>
   </si>
   <si>
     <t>Arc School Ansley</t>
   </si>
   <si>
     <t>Hayley Starkey</t>
   </si>
   <si>
     <t xml:space="preserve">Arley Primary </t>
   </si>
   <si>
@@ -207,50 +207,53 @@
   <si>
     <t xml:space="preserve">All Saints Bedworth </t>
   </si>
   <si>
     <t>Catherine Kiteley</t>
   </si>
   <si>
     <t xml:space="preserve">Arden Forest Infant School </t>
   </si>
   <si>
     <t xml:space="preserve">Ash Green School </t>
   </si>
   <si>
     <t xml:space="preserve">Bambini Day Nursery </t>
   </si>
   <si>
     <t xml:space="preserve">Bedworth Heath Nursery </t>
   </si>
   <si>
     <t>Camp Hill Primary School</t>
   </si>
   <si>
     <t xml:space="preserve">Chetwynd Junior School </t>
   </si>
   <si>
+    <t>Stewart Higgins</t>
+  </si>
+  <si>
     <t>Chilvers Coton Infant School</t>
   </si>
   <si>
     <t>Croft Junior School</t>
   </si>
   <si>
     <t>Discovery Academy</t>
   </si>
   <si>
     <t xml:space="preserve">Etone College </t>
   </si>
   <si>
     <t xml:space="preserve">Exhall Ceders Infant School </t>
   </si>
   <si>
     <t xml:space="preserve">Exhall Grange Specialist School </t>
   </si>
   <si>
     <t>Exhall Junior School</t>
   </si>
   <si>
     <t xml:space="preserve">Galley Common Infants </t>
   </si>
   <si>
     <t xml:space="preserve">George Elliot Academy </t>
@@ -276,50 +279,56 @@
   <si>
     <t>Kerseley Newland Primary Academy</t>
   </si>
   <si>
     <t>Lower Farm Academy</t>
   </si>
   <si>
     <t>Michael Drayton Junior School</t>
   </si>
   <si>
     <t>Middlemarch School</t>
   </si>
   <si>
     <t xml:space="preserve">Nathaniel Newton Infant School </t>
   </si>
   <si>
     <t xml:space="preserve">Newdigate Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Nicholas Chamberlaine School </t>
   </si>
   <si>
     <t xml:space="preserve">Nursery Hill Primary School </t>
   </si>
   <si>
+    <t>Oakwood Primary School</t>
+  </si>
+  <si>
+    <t>Oakwood Secondary School</t>
+  </si>
+  <si>
     <t xml:space="preserve">Our Lady and St Joseph Catholic Academy </t>
   </si>
   <si>
     <t>Park Lane Primary School</t>
   </si>
   <si>
     <t>Queens CofE Academy</t>
   </si>
   <si>
     <t xml:space="preserve">Race Leys Infant School </t>
   </si>
   <si>
     <t xml:space="preserve">Race Leys Junior School </t>
   </si>
   <si>
     <t>St Anne's Catholic Academy</t>
   </si>
   <si>
     <t xml:space="preserve">St Francis Catholic Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">St James C of E Academy </t>
   </si>
   <si>
     <t xml:space="preserve">St Micheals C of E Academy </t>
@@ -747,51 +756,51 @@
   <si>
     <t xml:space="preserve">Welcombe Hills School </t>
   </si>
   <si>
     <t xml:space="preserve">Welford on Avon Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Wellesbourne CE Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Wilmcote CofE Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Wooton Wawen CofE Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Warwick </t>
   </si>
   <si>
     <t xml:space="preserve">All Saints CofE Junior School </t>
   </si>
   <si>
     <t>Arnold Lodge</t>
   </si>
   <si>
-    <t>Stewart Higgins</t>
+    <t>Carly Sherington</t>
   </si>
   <si>
     <t xml:space="preserve">Aylesford School </t>
   </si>
   <si>
     <t>Mel Walden</t>
   </si>
   <si>
     <t xml:space="preserve">Barford St Peters Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Bishops Tatchbrook CofE Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Briar Hill Infant School </t>
   </si>
   <si>
     <t>Brickyard Barn Outdoor Learning Centre</t>
   </si>
   <si>
     <t xml:space="preserve">Brookhurst Primary School </t>
   </si>
   <si>
     <t>Brunswick Hub</t>
   </si>
@@ -1631,54 +1640,54 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mosaic.in.wcc/mosaic/organisation/displayOrganisationAction.do?id=260202" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{89BD4F2F-1E5F-4D0A-A0E7-4B4B5E2AD149}">
-  <dimension ref="A1:C554"/>
+  <dimension ref="A1:C557"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="142" zoomScaleNormal="142" workbookViewId="0">
-      <selection activeCell="A259" sqref="A259"/>
+      <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="1" width="24.5703125" style="28" customWidth="1"/>
     <col min="2" max="2" width="69.5703125" style="30" customWidth="1"/>
     <col min="3" max="3" width="48.28515625" style="28" customWidth="1"/>
     <col min="4" max="4" width="16" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="28.5" customHeight="1">
       <c r="A1" s="31" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="32"/>
       <c r="C1" s="33"/>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="34"/>
       <c r="B2" s="35"/>
       <c r="C2" s="36"/>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>1</v>
@@ -2171,2731 +2180,2747 @@
         <v>53</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B48" s="7" t="s">
         <v>54</v>
       </c>
       <c r="C48" s="6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B49" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C49" s="6" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
     </row>
     <row r="50" spans="1:3" ht="15">
       <c r="A50" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C50" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B51" s="7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B52" s="7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C52" s="6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B53" s="8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C53" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B54" s="8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C54" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B55" s="8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B56" s="8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C56" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B57" s="7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C57" s="6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B58" s="7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C58" s="6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B59" s="9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C59" s="6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B60" s="8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C60" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B61" s="9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C61" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B62" s="7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C62" s="6" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B63" s="8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C63" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B64" s="9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C64" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:3" ht="15">
       <c r="A65" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B65" s="9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C65" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B66" s="7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C66" s="6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B67" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C67" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B68" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C68" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B69" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C69" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C70" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B71" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C71" s="6" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="72" spans="1:3">
+    <row r="72" spans="1:3" ht="15">
       <c r="A72" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B72" s="7" t="s">
-        <v>79</v>
+      <c r="B72" s="8" t="s">
+        <v>80</v>
       </c>
       <c r="C72" s="6" t="s">
-        <v>28</v>
+        <v>56</v>
       </c>
     </row>
     <row r="73" spans="1:3" ht="15">
       <c r="A73" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B73" s="7" t="s">
-        <v>80</v>
+      <c r="B73" s="8" t="s">
+        <v>81</v>
       </c>
       <c r="C73" s="6" t="s">
-        <v>28</v>
+        <v>56</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B74" s="8" t="s">
-        <v>81</v>
+      <c r="B74" s="7" t="s">
+        <v>82</v>
       </c>
       <c r="C74" s="6" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:3">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3" ht="15">
       <c r="A75" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B75" s="8" t="s">
-        <v>82</v>
+      <c r="B75" s="7" t="s">
+        <v>83</v>
       </c>
       <c r="C75" s="6" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B76" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C76" s="6" t="s">
-        <v>6</v>
+        <v>56</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B77" s="7" t="s">
-        <v>84</v>
+      <c r="B77" s="8" t="s">
+        <v>85</v>
       </c>
       <c r="C77" s="6" t="s">
-        <v>28</v>
+        <v>56</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B78" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C78" s="6" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B79" s="8" t="s">
-        <v>86</v>
+      <c r="B79" s="7" t="s">
+        <v>87</v>
       </c>
       <c r="C79" s="6" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B80" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C80" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B81" s="9" t="s">
-        <v>88</v>
+      <c r="B81" s="8" t="s">
+        <v>89</v>
       </c>
       <c r="C81" s="6" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B82" s="7" t="s">
-        <v>89</v>
+      <c r="B82" s="8" t="s">
+        <v>90</v>
       </c>
       <c r="C82" s="6" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B83" s="8" t="s">
-        <v>90</v>
+      <c r="B83" s="9" t="s">
+        <v>91</v>
       </c>
       <c r="C83" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B84" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C84" s="6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B85" s="8" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C85" s="6" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B86" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C86" s="6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B87" s="8" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C87" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B88" s="8" t="s">
-        <v>95</v>
+      <c r="B88" s="7" t="s">
+        <v>96</v>
       </c>
       <c r="C88" s="6" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B89" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C89" s="6" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B90" s="7" t="s">
-        <v>97</v>
+      <c r="B90" s="8" t="s">
+        <v>98</v>
       </c>
       <c r="C90" s="6" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B91" s="8" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C91" s="6" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B92" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="C92" s="6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B93" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="C93" s="6" t="s">
         <v>49</v>
-      </c>
-[...20 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="10" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B94" s="11" t="s">
         <v>103</v>
       </c>
       <c r="C94" s="10" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="10" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="B95" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="B95" s="11" t="s">
+        <v>105</v>
+      </c>
+      <c r="C95" s="10" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="10" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="B96" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="B96" s="11" t="s">
         <v>106</v>
       </c>
       <c r="C96" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="10" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B97" s="12" t="s">
         <v>107</v>
       </c>
       <c r="C97" s="10" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="10" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B98" s="12" t="s">
+        <v>109</v>
+      </c>
+      <c r="C98" s="10" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="10" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>102</v>
+      </c>
+      <c r="B99" s="12" t="s">
+        <v>110</v>
       </c>
       <c r="C99" s="10" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="10" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="B100" s="11" t="s">
+        <v>102</v>
+      </c>
+      <c r="B100" s="12" t="s">
         <v>111</v>
       </c>
       <c r="C100" s="10" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="10" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="B101" s="13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B101" s="11" t="s">
         <v>112</v>
       </c>
       <c r="C101" s="10" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="10" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B102" s="11" t="s">
+        <v>114</v>
+      </c>
+      <c r="C102" s="10" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="10" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>102</v>
+      </c>
+      <c r="B103" s="13" t="s">
+        <v>115</v>
       </c>
       <c r="C103" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="10" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>102</v>
+      </c>
+      <c r="B104" s="11" t="s">
+        <v>116</v>
       </c>
       <c r="C104" s="10" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:3" ht="15">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
       <c r="A105" s="10" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B105" s="12" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C105" s="10" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="10" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>102</v>
+      </c>
+      <c r="B106" s="12" t="s">
+        <v>118</v>
       </c>
       <c r="C106" s="10" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:3">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3" ht="15">
       <c r="A107" s="10" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>102</v>
+      </c>
+      <c r="B107" s="12" t="s">
+        <v>119</v>
       </c>
       <c r="C107" s="10" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:3" ht="15">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
       <c r="A108" s="10" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B108" s="11" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C108" s="10" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="10" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>102</v>
+      </c>
+      <c r="B109" s="11" t="s">
+        <v>121</v>
       </c>
       <c r="C109" s="10" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:3">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3" ht="15">
       <c r="A110" s="10" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>102</v>
+      </c>
+      <c r="B110" s="11" t="s">
+        <v>122</v>
       </c>
       <c r="C110" s="10" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="10" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>102</v>
+      </c>
+      <c r="B111" s="13" t="s">
+        <v>123</v>
       </c>
       <c r="C111" s="10" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="10" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>102</v>
+      </c>
+      <c r="B112" s="12" t="s">
+        <v>124</v>
       </c>
       <c r="C112" s="10" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:3" ht="15">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
       <c r="A113" s="10" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B113" s="11" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C113" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="10" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>102</v>
+      </c>
+      <c r="B114" s="11" t="s">
+        <v>126</v>
       </c>
       <c r="C114" s="10" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:3">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3" ht="15">
       <c r="A115" s="10" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>102</v>
+      </c>
+      <c r="B115" s="11" t="s">
+        <v>127</v>
       </c>
       <c r="C115" s="10" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="10" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B116" s="12" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C116" s="10" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="10" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B117" s="13" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C117" s="10" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="10" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>102</v>
+      </c>
+      <c r="B118" s="12" t="s">
+        <v>130</v>
       </c>
       <c r="C118" s="10" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="10" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B119" s="13" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C119" s="10" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="10" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>102</v>
+      </c>
+      <c r="B120" s="11" t="s">
+        <v>132</v>
       </c>
       <c r="C120" s="10" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="10" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>102</v>
+      </c>
+      <c r="B121" s="13" t="s">
+        <v>133</v>
       </c>
       <c r="C121" s="10" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:3" ht="15">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
       <c r="A122" s="10" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>133</v>
+        <v>102</v>
+      </c>
+      <c r="B122" s="12" t="s">
+        <v>134</v>
       </c>
       <c r="C122" s="10" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="10" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>102</v>
+      </c>
+      <c r="B123" s="11" t="s">
+        <v>135</v>
       </c>
       <c r="C123" s="10" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
     </row>
     <row r="124" spans="1:3" ht="15">
       <c r="A124" s="10" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>102</v>
+      </c>
+      <c r="B124" s="11" t="s">
+        <v>136</v>
       </c>
       <c r="C124" s="10" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="10" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B125" s="13" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C125" s="10" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="126" spans="1:3" ht="15">
       <c r="A126" s="10" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B126" s="13" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C126" s="10" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="10" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B127" s="13" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C127" s="10" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:3">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3" ht="15">
       <c r="A128" s="10" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B128" s="13" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C128" s="10" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="10" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B129" s="13" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C129" s="10" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:3" ht="15">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
       <c r="A130" s="10" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B130" s="13" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C130" s="10" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="10" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B131" s="13" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C131" s="10" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:3">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3" ht="15">
       <c r="A132" s="10" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B132" s="13" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C132" s="10" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="10" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B133" s="13" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C133" s="10" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="10" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>102</v>
+      </c>
+      <c r="B134" s="13" t="s">
+        <v>146</v>
       </c>
       <c r="C134" s="10" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="10" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>146</v>
+        <v>102</v>
+      </c>
+      <c r="B135" s="13" t="s">
+        <v>147</v>
       </c>
       <c r="C135" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="10" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>102</v>
+      </c>
+      <c r="B136" s="11" t="s">
+        <v>148</v>
       </c>
       <c r="C136" s="10" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
     </row>
     <row r="137" spans="1:3">
-      <c r="A137" s="14" t="s">
-[...2 lines deleted...]
-      <c r="B137" s="15" t="s">
+      <c r="A137" s="10" t="s">
+        <v>102</v>
+      </c>
+      <c r="B137" s="11" t="s">
         <v>149</v>
       </c>
-      <c r="C137" s="14" t="s">
+      <c r="C137" s="10" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="10" t="s">
+        <v>102</v>
+      </c>
+      <c r="B138" s="12" t="s">
         <v>150</v>
       </c>
-    </row>
-[...8 lines deleted...]
-        <v>150</v>
+      <c r="C138" s="10" t="s">
+        <v>108</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B139" s="15" t="s">
         <v>152</v>
       </c>
       <c r="C139" s="14" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="14" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="B140" s="16" t="s">
+        <v>151</v>
+      </c>
+      <c r="B140" s="15" t="s">
+        <v>154</v>
+      </c>
+      <c r="C140" s="14" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B141" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C141" s="14" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B142" s="16" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C142" s="14" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B143" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C143" s="14" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B144" s="16" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C144" s="14" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B145" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C145" s="14" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>151</v>
+      </c>
+      <c r="B146" s="16" t="s">
+        <v>160</v>
       </c>
       <c r="C146" s="14" t="s">
-        <v>150</v>
+        <v>108</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B147" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C147" s="14" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>151</v>
+      </c>
+      <c r="B148" s="15" t="s">
+        <v>162</v>
       </c>
       <c r="C148" s="14" t="s">
-        <v>162</v>
+        <v>153</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B149" s="15" t="s">
         <v>163</v>
       </c>
       <c r="C149" s="14" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="14" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="B150" s="15" t="s">
+        <v>151</v>
+      </c>
+      <c r="B150" s="17" t="s">
         <v>164</v>
       </c>
       <c r="C150" s="14" t="s">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B151" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C151" s="14" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B152" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C152" s="14" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B153" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C153" s="14" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:3" ht="15">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
       <c r="A154" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B154" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C154" s="14" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B155" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C155" s="14" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:3">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3" ht="15">
       <c r="A156" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B156" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C156" s="14" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B157" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C157" s="14" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B158" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C158" s="14" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B159" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C159" s="14" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>174</v>
+        <v>151</v>
+      </c>
+      <c r="B160" s="15" t="s">
+        <v>175</v>
       </c>
       <c r="C160" s="14" t="s">
-        <v>162</v>
+        <v>153</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>175</v>
+        <v>151</v>
+      </c>
+      <c r="B161" s="15" t="s">
+        <v>176</v>
       </c>
       <c r="C161" s="14" t="s">
-        <v>162</v>
+        <v>153</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>176</v>
+        <v>151</v>
+      </c>
+      <c r="B162" s="17" t="s">
+        <v>177</v>
       </c>
       <c r="C162" s="14" t="s">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>151</v>
+      </c>
+      <c r="B163" s="17" t="s">
+        <v>178</v>
       </c>
       <c r="C163" s="14" t="s">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B164" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C164" s="14" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B165" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C165" s="14" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B166" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C166" s="14" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B167" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C167" s="14" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>182</v>
+        <v>151</v>
+      </c>
+      <c r="B168" s="15" t="s">
+        <v>183</v>
       </c>
       <c r="C168" s="14" t="s">
-        <v>105</v>
+        <v>153</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B169" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C169" s="14" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>184</v>
+        <v>151</v>
+      </c>
+      <c r="B170" s="16" t="s">
+        <v>185</v>
       </c>
       <c r="C170" s="14" t="s">
-        <v>162</v>
+        <v>108</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B171" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C171" s="14" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>186</v>
+        <v>151</v>
+      </c>
+      <c r="B172" s="17" t="s">
+        <v>187</v>
       </c>
       <c r="C172" s="14" t="s">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B173" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C173" s="14" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B174" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C174" s="14" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>151</v>
+      </c>
+      <c r="B175" s="15" t="s">
+        <v>190</v>
       </c>
       <c r="C175" s="14" t="s">
-        <v>162</v>
+        <v>153</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B176" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C176" s="14" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>191</v>
+        <v>151</v>
+      </c>
+      <c r="B177" s="17" t="s">
+        <v>192</v>
       </c>
       <c r="C177" s="14" t="s">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>151</v>
+      </c>
+      <c r="B178" s="15" t="s">
+        <v>193</v>
       </c>
       <c r="C178" s="14" t="s">
-        <v>162</v>
+        <v>153</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B179" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C179" s="14" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>151</v>
+      </c>
+      <c r="B180" s="17" t="s">
+        <v>195</v>
       </c>
       <c r="C180" s="14" t="s">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B181" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C181" s="14" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>196</v>
+        <v>151</v>
+      </c>
+      <c r="B182" s="15" t="s">
+        <v>197</v>
       </c>
       <c r="C182" s="14" t="s">
-        <v>162</v>
+        <v>153</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>197</v>
+        <v>151</v>
+      </c>
+      <c r="B183" s="15" t="s">
+        <v>198</v>
       </c>
       <c r="C183" s="14" t="s">
-        <v>162</v>
+        <v>153</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>151</v>
+      </c>
+      <c r="B184" s="17" t="s">
+        <v>199</v>
       </c>
       <c r="C184" s="14" t="s">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>151</v>
+      </c>
+      <c r="B185" s="17" t="s">
+        <v>200</v>
       </c>
       <c r="C185" s="14" t="s">
-        <v>105</v>
+        <v>165</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>151</v>
+      </c>
+      <c r="B186" s="15" t="s">
+        <v>201</v>
       </c>
       <c r="C186" s="14" t="s">
-        <v>105</v>
+        <v>153</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B187" s="16" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C187" s="14" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:3" ht="15">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
       <c r="A188" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B188" s="16" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C188" s="14" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>203</v>
+        <v>151</v>
+      </c>
+      <c r="B189" s="16" t="s">
+        <v>204</v>
       </c>
       <c r="C189" s="14" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:3">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3" ht="15">
       <c r="A190" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>204</v>
+        <v>151</v>
+      </c>
+      <c r="B190" s="16" t="s">
+        <v>205</v>
       </c>
       <c r="C190" s="14" t="s">
-        <v>162</v>
+        <v>108</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>205</v>
+        <v>151</v>
+      </c>
+      <c r="B191" s="17" t="s">
+        <v>206</v>
       </c>
       <c r="C191" s="14" t="s">
-        <v>105</v>
+        <v>165</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>206</v>
+        <v>151</v>
+      </c>
+      <c r="B192" s="17" t="s">
+        <v>207</v>
       </c>
       <c r="C192" s="14" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>207</v>
+        <v>151</v>
+      </c>
+      <c r="B193" s="16" t="s">
+        <v>208</v>
       </c>
       <c r="C193" s="14" t="s">
-        <v>162</v>
+        <v>108</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>208</v>
+        <v>151</v>
+      </c>
+      <c r="B194" s="16" t="s">
+        <v>209</v>
       </c>
       <c r="C194" s="14" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B195" s="17" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C195" s="14" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B196" s="17" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C196" s="14" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B197" s="17" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C197" s="14" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B198" s="17" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C198" s="14" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B199" s="17" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C199" s="14" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B200" s="17" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C200" s="14" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B201" s="17" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C201" s="14" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B202" s="17" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C202" s="14" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:3" ht="15">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
       <c r="A203" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B203" s="17" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C203" s="14" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B204" s="17" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C204" s="14" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:3">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3" ht="15">
       <c r="A205" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>151</v>
+      </c>
+      <c r="B205" s="17" t="s">
+        <v>220</v>
       </c>
       <c r="C205" s="14" t="s">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B206" s="17" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C206" s="14" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:3" ht="15">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
       <c r="A207" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>151</v>
+      </c>
+      <c r="B207" s="15" t="s">
+        <v>222</v>
       </c>
       <c r="C207" s="14" t="s">
-        <v>105</v>
+        <v>153</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B208" s="17" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C208" s="14" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:3">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3" ht="15">
       <c r="A209" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B209" s="17" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C209" s="14" t="s">
-        <v>162</v>
+        <v>108</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>224</v>
+        <v>151</v>
+      </c>
+      <c r="B210" s="17" t="s">
+        <v>225</v>
       </c>
       <c r="C210" s="14" t="s">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B211" s="17" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C211" s="14" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>151</v>
+      </c>
+      <c r="B212" s="18" t="s">
+        <v>227</v>
       </c>
       <c r="C212" s="14" t="s">
-        <v>162</v>
+        <v>153</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B213" s="17" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C213" s="14" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B214" s="17" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C214" s="14" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B215" s="17" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C215" s="14" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>230</v>
+        <v>151</v>
+      </c>
+      <c r="B216" s="17" t="s">
+        <v>231</v>
       </c>
       <c r="C216" s="14" t="s">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="14" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B217" s="17" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C217" s="14" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="14" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>232</v>
+        <v>151</v>
+      </c>
+      <c r="B218" s="15" t="s">
+        <v>233</v>
       </c>
       <c r="C218" s="14" t="s">
-        <v>162</v>
+        <v>153</v>
       </c>
     </row>
     <row r="219" spans="1:3">
-      <c r="A219" s="19" t="s">
-[...2 lines deleted...]
-      <c r="B219" s="20" t="s">
+      <c r="A219" s="14" t="s">
+        <v>151</v>
+      </c>
+      <c r="B219" s="17" t="s">
         <v>234</v>
       </c>
-      <c r="C219" s="19" t="s">
-        <v>68</v>
+      <c r="C219" s="14" t="s">
+        <v>165</v>
       </c>
     </row>
     <row r="220" spans="1:3">
-      <c r="A220" s="19" t="s">
-[...2 lines deleted...]
-      <c r="B220" s="21" t="s">
+      <c r="A220" s="14" t="s">
+        <v>151</v>
+      </c>
+      <c r="B220" s="17" t="s">
         <v>235</v>
       </c>
-      <c r="C220" s="19" t="s">
-        <v>236</v>
+      <c r="C220" s="14" t="s">
+        <v>165</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="19" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B221" s="20" t="s">
         <v>237</v>
       </c>
       <c r="C221" s="19" t="s">
-        <v>238</v>
+        <v>69</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="19" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B222" s="21" t="s">
+        <v>238</v>
+      </c>
+      <c r="C222" s="19" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="19" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B223" s="20" t="s">
         <v>240</v>
       </c>
       <c r="C223" s="19" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:3">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3" ht="15">
       <c r="A224" s="19" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B224" s="21" t="s">
+        <v>242</v>
+      </c>
+      <c r="C224" s="19" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="19" t="s">
+        <v>236</v>
+      </c>
+      <c r="B225" s="20" t="s">
+        <v>243</v>
+      </c>
+      <c r="C225" s="19" t="s">
         <v>241</v>
-      </c>
-[...12 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="19" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B226" s="21" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C226" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:3">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3" ht="15">
       <c r="A227" s="19" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B227" s="21" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C227" s="19" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>245</v>
+        <v>236</v>
+      </c>
+      <c r="B228" s="21" t="s">
+        <v>246</v>
       </c>
       <c r="C228" s="19" t="s">
-        <v>68</v>
+        <v>239</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>236</v>
+      </c>
+      <c r="B229" s="21" t="s">
+        <v>247</v>
       </c>
       <c r="C229" s="19" t="s">
-        <v>68</v>
+        <v>239</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>247</v>
+        <v>236</v>
+      </c>
+      <c r="B230" s="20" t="s">
+        <v>248</v>
       </c>
       <c r="C230" s="19" t="s">
-        <v>236</v>
+        <v>69</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>236</v>
+      </c>
+      <c r="B231" s="20" t="s">
+        <v>249</v>
       </c>
       <c r="C231" s="19" t="s">
-        <v>236</v>
+        <v>69</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>249</v>
+        <v>236</v>
+      </c>
+      <c r="B232" s="21" t="s">
+        <v>250</v>
       </c>
       <c r="C232" s="19" t="s">
-        <v>68</v>
+        <v>239</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>250</v>
+        <v>236</v>
+      </c>
+      <c r="B233" s="21" t="s">
+        <v>251</v>
       </c>
       <c r="C233" s="19" t="s">
-        <v>68</v>
+        <v>239</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="19" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B234" s="20" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C234" s="19" t="s">
-        <v>238</v>
+        <v>69</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>236</v>
+      </c>
+      <c r="B235" s="20" t="s">
+        <v>253</v>
       </c>
       <c r="C235" s="19" t="s">
-        <v>236</v>
+        <v>69</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>253</v>
+        <v>236</v>
+      </c>
+      <c r="B236" s="20" t="s">
+        <v>254</v>
       </c>
       <c r="C236" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>254</v>
+        <v>236</v>
+      </c>
+      <c r="B237" s="21" t="s">
+        <v>255</v>
       </c>
       <c r="C237" s="19" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>255</v>
+        <v>236</v>
+      </c>
+      <c r="B238" s="21" t="s">
+        <v>256</v>
       </c>
       <c r="C238" s="19" t="s">
-        <v>68</v>
+        <v>239</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>256</v>
+        <v>236</v>
+      </c>
+      <c r="B239" s="20" t="s">
+        <v>257</v>
       </c>
       <c r="C239" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="19" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B240" s="20" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C240" s="19" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="19" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B241" s="21" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C241" s="19" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>259</v>
+        <v>236</v>
+      </c>
+      <c r="B242" s="20" t="s">
+        <v>260</v>
       </c>
       <c r="C242" s="19" t="s">
-        <v>236</v>
+        <v>69</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>260</v>
+        <v>236</v>
+      </c>
+      <c r="B243" s="21" t="s">
+        <v>261</v>
       </c>
       <c r="C243" s="19" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="19" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B244" s="21" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C244" s="19" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="19" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B245" s="20" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C245" s="19" t="s">
-        <v>68</v>
+        <v>241</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>263</v>
+        <v>236</v>
+      </c>
+      <c r="B246" s="21" t="s">
+        <v>264</v>
       </c>
       <c r="C246" s="19" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="19" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B247" s="20" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C247" s="19" t="s">
-        <v>238</v>
+        <v>69</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>265</v>
+        <v>236</v>
+      </c>
+      <c r="B248" s="20" t="s">
+        <v>266</v>
       </c>
       <c r="C248" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="19" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B249" s="20" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C249" s="19" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>267</v>
+        <v>236</v>
+      </c>
+      <c r="B250" s="21" t="s">
+        <v>268</v>
       </c>
       <c r="C250" s="19" t="s">
-        <v>68</v>
+        <v>239</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="19" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B251" s="20" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C251" s="19" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:3" ht="15">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
       <c r="A252" s="19" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B252" s="20" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C252" s="19" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>270</v>
+        <v>236</v>
+      </c>
+      <c r="B253" s="20" t="s">
+        <v>271</v>
       </c>
       <c r="C253" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:3">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3" ht="15">
       <c r="A254" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>271</v>
+        <v>236</v>
+      </c>
+      <c r="B254" s="20" t="s">
+        <v>272</v>
       </c>
       <c r="C254" s="19" t="s">
-        <v>236</v>
+        <v>69</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>272</v>
+        <v>236</v>
+      </c>
+      <c r="B255" s="21" t="s">
+        <v>273</v>
       </c>
       <c r="C255" s="19" t="s">
-        <v>68</v>
+        <v>239</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>273</v>
+        <v>236</v>
+      </c>
+      <c r="B256" s="21" t="s">
+        <v>274</v>
       </c>
       <c r="C256" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:3" ht="15">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
       <c r="A257" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>274</v>
+        <v>236</v>
+      </c>
+      <c r="B257" s="20" t="s">
+        <v>275</v>
       </c>
       <c r="C257" s="19" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>275</v>
+        <v>236</v>
+      </c>
+      <c r="B258" s="22" t="s">
+        <v>276</v>
       </c>
       <c r="C258" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:3">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3" ht="15">
       <c r="A259" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>276</v>
+        <v>236</v>
+      </c>
+      <c r="B259" s="22" t="s">
+        <v>277</v>
       </c>
       <c r="C259" s="19" t="s">
-        <v>236</v>
+        <v>69</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="19" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B260" s="21" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C260" s="19" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>278</v>
+        <v>236</v>
+      </c>
+      <c r="B261" s="21" t="s">
+        <v>279</v>
       </c>
       <c r="C261" s="19" t="s">
-        <v>68</v>
+        <v>239</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>279</v>
+        <v>236</v>
+      </c>
+      <c r="B262" s="21" t="s">
+        <v>280</v>
       </c>
       <c r="C262" s="19" t="s">
-        <v>68</v>
+        <v>239</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>280</v>
+        <v>236</v>
+      </c>
+      <c r="B263" s="20" t="s">
+        <v>281</v>
       </c>
       <c r="C263" s="19" t="s">
-        <v>236</v>
+        <v>69</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="19" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B264" s="20" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C264" s="19" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:3" ht="15">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
       <c r="A265" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>282</v>
+        <v>236</v>
+      </c>
+      <c r="B265" s="21" t="s">
+        <v>283</v>
       </c>
       <c r="C265" s="19" t="s">
-        <v>68</v>
+        <v>239</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>283</v>
+        <v>236</v>
+      </c>
+      <c r="B266" s="20" t="s">
+        <v>284</v>
       </c>
       <c r="C266" s="19" t="s">
-        <v>236</v>
+        <v>69</v>
       </c>
     </row>
     <row r="267" spans="1:3" ht="15">
       <c r="A267" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>236</v>
+      </c>
+      <c r="B267" s="20" t="s">
+        <v>285</v>
       </c>
       <c r="C267" s="19" t="s">
-        <v>236</v>
+        <v>69</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>284</v>
+        <v>236</v>
+      </c>
+      <c r="B268" s="21" t="s">
+        <v>286</v>
       </c>
       <c r="C268" s="19" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:3">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3" ht="15">
       <c r="A269" s="19" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B269" s="21" t="s">
-        <v>285</v>
+        <v>92</v>
       </c>
       <c r="C269" s="19" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>286</v>
+        <v>236</v>
+      </c>
+      <c r="B270" s="20" t="s">
+        <v>287</v>
       </c>
       <c r="C270" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>287</v>
+        <v>236</v>
+      </c>
+      <c r="B271" s="21" t="s">
+        <v>288</v>
       </c>
       <c r="C271" s="19" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>288</v>
+        <v>236</v>
+      </c>
+      <c r="B272" s="21" t="s">
+        <v>289</v>
       </c>
       <c r="C272" s="19" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="19" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B273" s="20" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C273" s="19" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="19" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B274" s="20" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C274" s="19" t="s">
-        <v>68</v>
+        <v>241</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>291</v>
+        <v>236</v>
+      </c>
+      <c r="B275" s="20" t="s">
+        <v>292</v>
       </c>
       <c r="C275" s="19" t="s">
-        <v>150</v>
+        <v>241</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="19" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B276" s="20" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C276" s="19" t="s">
-        <v>238</v>
+        <v>69</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>293</v>
+        <v>236</v>
+      </c>
+      <c r="B277" s="23" t="s">
+        <v>294</v>
       </c>
       <c r="C277" s="19" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:3" ht="15">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
       <c r="A278" s="19" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B278" s="20" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C278" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="19" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B279" s="20" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C279" s="19" t="s">
-        <v>68</v>
+        <v>241</v>
       </c>
     </row>
     <row r="280" spans="1:3" ht="15">
       <c r="A280" s="19" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B280" s="20" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C280" s="19" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="19" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B281" s="20" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C281" s="19" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:3">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3" ht="15">
       <c r="A282" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>298</v>
+        <v>236</v>
+      </c>
+      <c r="B282" s="20" t="s">
+        <v>299</v>
       </c>
       <c r="C282" s="19" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="19" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B283" s="20" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C283" s="19" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>236</v>
+      </c>
+      <c r="B284" s="21" t="s">
+        <v>301</v>
       </c>
       <c r="C284" s="19" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:3" ht="15">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
       <c r="A285" s="19" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>301</v>
+        <v>236</v>
+      </c>
+      <c r="B285" s="20" t="s">
+        <v>302</v>
       </c>
       <c r="C285" s="19" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="286" spans="1:3">
-      <c r="A286" s="25" t="s">
-[...2 lines deleted...]
-      <c r="B286" s="26" t="s">
+      <c r="A286" s="19" t="s">
+        <v>236</v>
+      </c>
+      <c r="B286" s="24" t="s">
         <v>303</v>
       </c>
-      <c r="C286" s="25" t="s">
-        <v>49</v>
+      <c r="C286" s="19" t="s">
+        <v>69</v>
       </c>
     </row>
     <row r="287" spans="1:3" ht="15">
-      <c r="A287" s="25" t="s">
-[...2 lines deleted...]
-      <c r="B287" s="26" t="s">
+      <c r="A287" s="19" t="s">
+        <v>236</v>
+      </c>
+      <c r="B287" s="24" t="s">
         <v>304</v>
       </c>
-      <c r="C287" s="25" t="s">
-        <v>28</v>
+      <c r="C287" s="19" t="s">
+        <v>69</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="25" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="B288" s="26" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C288" s="25" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="289" spans="1:3">
+    <row r="289" spans="1:3" ht="15">
       <c r="A289" s="25" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="B289" s="26" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C289" s="25" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="25" t="s">
+        <v>305</v>
+      </c>
+      <c r="B290" s="26" t="s">
+        <v>308</v>
+      </c>
+      <c r="C290" s="25" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="290" spans="1:3" ht="15">
-[...10 lines deleted...]
-    <row r="291" spans="1:3" ht="15">
+    <row r="291" spans="1:3">
       <c r="A291" s="25" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="B291" s="26" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C291" s="25" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:3">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3" ht="15">
       <c r="A292" s="25" t="s">
-        <v>302</v>
-[...1 lines deleted...]
-      <c r="B292" s="27" t="s">
+        <v>305</v>
+      </c>
+      <c r="B292" s="26" t="s">
         <v>310</v>
       </c>
       <c r="C292" s="25" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3" ht="15">
+      <c r="A293" s="25" t="s">
+        <v>305</v>
+      </c>
+      <c r="B293" s="26" t="s">
+        <v>311</v>
+      </c>
+      <c r="C293" s="25" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="25" t="s">
+        <v>305</v>
+      </c>
+      <c r="B294" s="27" t="s">
+        <v>313</v>
+      </c>
+      <c r="C294" s="25" t="s">
         <v>28</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B294" s="29"/>
     </row>
     <row r="295" spans="1:3">
       <c r="B295" s="29"/>
     </row>
     <row r="296" spans="1:3">
       <c r="B296" s="29"/>
     </row>
     <row r="297" spans="1:3">
       <c r="B297" s="29"/>
     </row>
     <row r="298" spans="1:3">
       <c r="B298" s="29"/>
     </row>
     <row r="299" spans="1:3">
       <c r="B299" s="29"/>
     </row>
     <row r="300" spans="1:3">
       <c r="B300" s="29"/>
     </row>
     <row r="301" spans="1:3">
       <c r="B301" s="29"/>
     </row>
     <row r="302" spans="1:3">
       <c r="B302" s="29"/>
     </row>
@@ -5618,61 +5643,68 @@
     </row>
     <row r="542" spans="2:2">
       <c r="B542" s="29"/>
     </row>
     <row r="543" spans="2:2">
       <c r="B543" s="29"/>
     </row>
     <row r="544" spans="2:2">
       <c r="B544" s="29"/>
     </row>
     <row r="545" spans="2:2">
       <c r="B545" s="29"/>
     </row>
     <row r="546" spans="2:2">
       <c r="B546" s="29"/>
     </row>
     <row r="547" spans="2:2">
       <c r="B547" s="29"/>
     </row>
     <row r="548" spans="2:2">
       <c r="B548" s="29"/>
     </row>
     <row r="549" spans="2:2">
       <c r="B549" s="29"/>
     </row>
-    <row r="550" spans="2:2" ht="15"/>
-    <row r="551" spans="2:2" ht="15"/>
+    <row r="550" spans="2:2">
+      <c r="B550" s="29"/>
+    </row>
+    <row r="551" spans="2:2">
+      <c r="B551" s="29"/>
+    </row>
     <row r="552" spans="2:2" ht="15"/>
     <row r="553" spans="2:2" ht="15"/>
     <row r="554" spans="2:2" ht="15"/>
+    <row r="555" spans="2:2" ht="15"/>
+    <row r="556" spans="2:2" ht="15"/>
+    <row r="557" spans="2:2" ht="15"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C2"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B210" r:id="rId1" xr:uid="{6A489F15-BA3E-4BA5-A4A6-D48749260650}"/>
+    <hyperlink ref="B212" r:id="rId1" xr:uid="{6A489F15-BA3E-4BA5-A4A6-D48749260650}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 OFFICIAL </oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5715,52 +5747,52 @@
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Standard</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">960ba701-3380-41b5-9bb0-3b6b58c1499e</TermId>
         </TermInfo>
       </Terms>
     </kedb2ff0ca1e408a99ab642b77c963a5>
     <ffccade9da8a475ab8f1c108c3e23718 xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </ffccade9da8a475ab8f1c108c3e23718>
     <IsPublicDocument xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">true</IsPublicDocument>
     <Retention xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">2</Retention>
     <TaxCatchAll xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
       <Value>5</Value>
       <Value>3</Value>
       <Value>1</Value>
     </TaxCatchAll>
     <_dlc_DocId xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">WCCC-1642278725-7233</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
       <Url>https://warwickshiregovuk.sharepoint.com/sites/edrm-CSC/_layouts/15/DocIdRedir.aspx?ID=WCCC-1642278725-7233</Url>
       <Description>WCCC-1642278725-7233</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Service Document" ma:contentTypeID="0x010100C50F05A7ED30F54294ADC2B50AFA98D100F5FBC038241A754089FD1FC2EF666F05" ma:contentTypeVersion="20" ma:contentTypeDescription="Custom service document" ma:contentTypeScope="" ma:versionID="ad7ba0e69910d3384bfe239fc0d75aa9">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="78a9e8ab-f1c3-4d40-985a-93fd8ee92998" xmlns:ns3="0effdf57-8945-4ab5-a2a1-b358091f1326" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6d4ea6151ab61929e82dff0596f3c59e" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Service Document" ma:contentTypeID="0x010100C50F05A7ED30F54294ADC2B50AFA98D100F5FBC038241A754089FD1FC2EF666F05" ma:contentTypeVersion="20" ma:contentTypeDescription="Custom service document" ma:contentTypeScope="" ma:versionID="77c1ebfccdb28bb45b73c24ad234b61f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="78a9e8ab-f1c3-4d40-985a-93fd8ee92998" xmlns:ns3="0effdf57-8945-4ab5-a2a1-b358091f1326" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cf1952ec47fc885189c55980fd20532c" ns2:_="" ns3:_="">
     <xsd:import namespace="78a9e8ab-f1c3-4d40-985a-93fd8ee92998"/>
     <xsd:import namespace="0effdf57-8945-4ab5-a2a1-b358091f1326"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:Retention" minOccurs="0"/>
                 <xsd:element ref="ns2:DocumentStatus"/>
                 <xsd:element ref="ns2:IsPublicDocument" minOccurs="0"/>
                 <xsd:element ref="ns2:PublicDocumentUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:DisposalDate" minOccurs="0"/>
                 <xsd:element ref="ns2:ffccade9da8a475ab8f1c108c3e23718" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:kedb2ff0ca1e408a99ab642b77c963a5" minOccurs="0"/>
                 <xsd:element ref="ns2:m6f1b19d255b4c43ac68d7531f76a7f7" minOccurs="0"/>
                 <xsd:element ref="ns2:gfbd317b6d45488ba6923c9499396db1" minOccurs="0"/>
                 <xsd:element ref="ns2:l9b9e22c36cb44fca76c18eb4ce001f3" minOccurs="0"/>
                 <xsd:element ref="ns2:f36226996675478285decb82353bbd3c" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
@@ -6101,51 +6133,51 @@
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7953FEBA-7755-4C2F-A129-74FCC294D7CA}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C90341D1-8372-4C10-A0CE-95C8B8B299D1}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95D3D1F0-90DD-4241-A9C1-B4690FA65132}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E98744D-2777-4E08-9D76-01BF487D7DC2}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E2C64DBB-2C21-46FB-8877-EBC24141C5C4}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company>Warwickshire County Council</Company>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Michelle Warren</dc:creator>