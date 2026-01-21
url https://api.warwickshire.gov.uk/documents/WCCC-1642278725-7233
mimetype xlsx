--- v1 (2025-12-13)
+++ v2 (2026-01-21)
@@ -2,86 +2,86 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29518"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29711"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="255" documentId="8_{84F92A74-A41A-4731-8E8B-6D176B186724}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A763A534-D091-47A1-B121-56EBD098BCA3}"/>
+  <xr:revisionPtr revIDLastSave="293" documentId="8_{84F92A74-A41A-4731-8E8B-6D176B186724}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{CDA5BCB9-0FF4-448F-8C7A-EA0DDAA3BC36}"/>
   <bookViews>
     <workbookView xWindow="40920" yWindow="-105" windowWidth="29040" windowHeight="15720" xr2:uid="{C9B1941D-FE75-43C9-B33E-811122B7FC4A}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="877" uniqueCount="314">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="895" uniqueCount="322">
   <si>
     <t xml:space="preserve">Please review the list to find out who your allocated Early Support Officer is.   Settings are in alphabatical order within districts. </t>
   </si>
   <si>
     <t xml:space="preserve">District </t>
   </si>
   <si>
     <t>Setting</t>
   </si>
   <si>
     <t>Early Support Officer</t>
   </si>
   <si>
     <t>North Warwickshire</t>
   </si>
   <si>
     <t>Arc School Ansley</t>
   </si>
   <si>
     <t>Hayley Starkey</t>
   </si>
   <si>
     <t xml:space="preserve">Arley Primary </t>
   </si>
   <si>
@@ -195,50 +195,53 @@
   <si>
     <t>Woodlands School</t>
   </si>
   <si>
     <t xml:space="preserve">Woodside Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Nuneaton &amp; Bedworth </t>
   </si>
   <si>
     <t>Abbey CofE Infant School</t>
   </si>
   <si>
     <t xml:space="preserve">All Saints Bedworth </t>
   </si>
   <si>
     <t>Catherine Kiteley</t>
   </si>
   <si>
     <t xml:space="preserve">Arden Forest Infant School </t>
   </si>
   <si>
     <t xml:space="preserve">Ash Green School </t>
   </si>
   <si>
+    <t>Aspire in Arts</t>
+  </si>
+  <si>
     <t xml:space="preserve">Bambini Day Nursery </t>
   </si>
   <si>
     <t xml:space="preserve">Bedworth Heath Nursery </t>
   </si>
   <si>
     <t>Camp Hill Primary School</t>
   </si>
   <si>
     <t xml:space="preserve">Chetwynd Junior School </t>
   </si>
   <si>
     <t>Stewart Higgins</t>
   </si>
   <si>
     <t>Chilvers Coton Infant School</t>
   </si>
   <si>
     <t>Croft Junior School</t>
   </si>
   <si>
     <t>Discovery Academy</t>
   </si>
   <si>
     <t xml:space="preserve">Etone College </t>
@@ -258,80 +261,86 @@
   <si>
     <t xml:space="preserve">George Elliot Academy </t>
   </si>
   <si>
     <t>Glendale Infant School</t>
   </si>
   <si>
     <t xml:space="preserve">Goodyears End Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Green Leek </t>
   </si>
   <si>
     <t xml:space="preserve">Stephen McGarvey </t>
   </si>
   <si>
     <t>Hartshill Academy</t>
   </si>
   <si>
     <t xml:space="preserve">Higham Lane School </t>
   </si>
   <si>
     <t>Kerseley Newland Primary Academy</t>
   </si>
   <si>
+    <t>Little Learners Day Nursery</t>
+  </si>
+  <si>
     <t>Lower Farm Academy</t>
   </si>
   <si>
     <t>Michael Drayton Junior School</t>
   </si>
   <si>
     <t>Middlemarch School</t>
   </si>
   <si>
     <t xml:space="preserve">Nathaniel Newton Infant School </t>
   </si>
   <si>
     <t xml:space="preserve">Newdigate Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Nicholas Chamberlaine School </t>
   </si>
   <si>
     <t xml:space="preserve">Nursery Hill Primary School </t>
   </si>
   <si>
     <t>Oakwood Primary School</t>
   </si>
   <si>
     <t>Oakwood Secondary School</t>
   </si>
   <si>
     <t xml:space="preserve">Our Lady and St Joseph Catholic Academy </t>
   </si>
   <si>
+    <t>Sarah Parmar</t>
+  </si>
+  <si>
     <t>Park Lane Primary School</t>
   </si>
   <si>
     <t>Queens CofE Academy</t>
   </si>
   <si>
     <t xml:space="preserve">Race Leys Infant School </t>
   </si>
   <si>
     <t xml:space="preserve">Race Leys Junior School </t>
   </si>
   <si>
     <t>St Anne's Catholic Academy</t>
   </si>
   <si>
     <t xml:space="preserve">St Francis Catholic Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">St James C of E Academy </t>
   </si>
   <si>
     <t xml:space="preserve">St Micheals C of E Academy </t>
   </si>
   <si>
     <t xml:space="preserve">St Nicholas CofE Academy </t>
@@ -414,50 +423,53 @@
   <si>
     <t>Cawston Grange Primary School</t>
   </si>
   <si>
     <t>Dunchurch C of E Junior School</t>
   </si>
   <si>
     <t>Dunchurch Boughton C of E Infant Academy and Nursery</t>
   </si>
   <si>
     <t>Eastlands Primary School</t>
   </si>
   <si>
     <t>English Martyrs Catholic Primary School</t>
   </si>
   <si>
     <t>Griffin School</t>
   </si>
   <si>
     <t>Harris C of E Academy</t>
   </si>
   <si>
     <t>Henry Hinde Infant School</t>
   </si>
   <si>
+    <t>Henry Hinde Junior School</t>
+  </si>
+  <si>
     <t>Hillmorton Primary School</t>
   </si>
   <si>
     <t xml:space="preserve">Houlton School </t>
   </si>
   <si>
     <t>Humpty Dumpty Nursery</t>
   </si>
   <si>
     <t>Knightlow C of E Primary School </t>
   </si>
   <si>
     <t>Lawrence Sherriff School</t>
   </si>
   <si>
     <t>Leamington Hastings Church of England Academy</t>
   </si>
   <si>
     <t>Long Lawford Primary School</t>
   </si>
   <si>
     <t xml:space="preserve">Northlands Primary School </t>
   </si>
   <si>
     <t>Oakfield Primary Academy</t>
@@ -492,50 +504,53 @@
   <si>
     <t>St. Andrew’s Benn C of E Primary School</t>
   </si>
   <si>
     <t>St Gabriel's C of E Academy</t>
   </si>
   <si>
     <t>St. Marie’s Catholic Primary School and Nursery</t>
   </si>
   <si>
     <t>St. Matthew’s Bloxam CofE Primary School</t>
   </si>
   <si>
     <t>St. Oswald’s CofE Academy</t>
   </si>
   <si>
     <t>The Avon Valley School and Performing Arts College</t>
   </si>
   <si>
     <t>The Haven School Wolston</t>
   </si>
   <si>
     <t>Wolston CofE Primary School</t>
   </si>
   <si>
+    <t>Wolvey Primary School</t>
+  </si>
+  <si>
     <t xml:space="preserve">Stratford </t>
   </si>
   <si>
     <t>Alcester Academy</t>
   </si>
   <si>
     <t xml:space="preserve">Kat Blackford </t>
   </si>
   <si>
     <t xml:space="preserve">Alcester Grammar School </t>
   </si>
   <si>
     <t xml:space="preserve">Alveston Primary school </t>
   </si>
   <si>
     <t>Ashbourne Day Nursery (Pebworth &amp; Southam)</t>
   </si>
   <si>
     <t>Bidford on Avon CofE Primary</t>
   </si>
   <si>
     <t xml:space="preserve">Bishops Itchington Primary School </t>
   </si>
   <si>
     <t>Bishopton Primary</t>
@@ -966,60 +981,69 @@
   <si>
     <t>Whitnash Primary</t>
   </si>
   <si>
     <t xml:space="preserve">Wolverton Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Woodloes School </t>
   </si>
   <si>
     <t>Wren Day Nursery</t>
   </si>
   <si>
     <t xml:space="preserve">Other </t>
   </si>
   <si>
     <t>Caring Together Warwickshire</t>
   </si>
   <si>
     <t>Clovelly House School</t>
   </si>
   <si>
     <t xml:space="preserve">Coventry College </t>
   </si>
   <si>
+    <t>Dovetree School</t>
+  </si>
+  <si>
     <t>Educ8</t>
   </si>
   <si>
     <t>Green Leek</t>
   </si>
   <si>
     <t>Honeybourne Primary School</t>
   </si>
   <si>
     <t>Sophie Myers</t>
+  </si>
+  <si>
+    <t>Meadow View Farm School</t>
+  </si>
+  <si>
+    <t>Kate Dyson</t>
   </si>
   <si>
     <t>Next Gen</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1640,54 +1664,54 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mosaic.in.wcc/mosaic/organisation/displayOrganisationAction.do?id=260202" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{89BD4F2F-1E5F-4D0A-A0E7-4B4B5E2AD149}">
-  <dimension ref="A1:C557"/>
+  <dimension ref="A1:C563"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="142" zoomScaleNormal="142" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4"/>
+      <selection activeCell="B157" sqref="B157"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="1" width="24.5703125" style="28" customWidth="1"/>
     <col min="2" max="2" width="69.5703125" style="30" customWidth="1"/>
     <col min="3" max="3" width="48.28515625" style="28" customWidth="1"/>
     <col min="4" max="4" width="16" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="28.5" customHeight="1">
       <c r="A1" s="31" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="32"/>
       <c r="C1" s="33"/>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="34"/>
       <c r="B2" s="35"/>
       <c r="C2" s="36"/>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>1</v>
@@ -2139,2806 +2163,2854 @@
         <v>49</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B44" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C44" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B45" s="8" t="s">
         <v>51</v>
       </c>
       <c r="C45" s="6" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="46" spans="1:3">
+    <row r="46" spans="1:3" ht="15">
       <c r="A46" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B46" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C46" s="6" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B47" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B48" s="7" t="s">
+      <c r="B48" s="8" t="s">
         <v>54</v>
       </c>
       <c r="C48" s="6" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B49" s="8" t="s">
+      <c r="B49" s="7" t="s">
         <v>55</v>
       </c>
       <c r="C49" s="6" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:3" ht="15">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
       <c r="A50" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B50" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C50" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="C50" s="6" t="s">
-[...3 lines deleted...]
-    <row r="51" spans="1:3">
+    </row>
+    <row r="51" spans="1:3" ht="15">
       <c r="A51" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B51" s="7" t="s">
+      <c r="B51" s="8" t="s">
         <v>58</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B52" s="7" t="s">
         <v>59</v>
       </c>
       <c r="C52" s="6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B53" s="8" t="s">
+      <c r="B53" s="7" t="s">
         <v>60</v>
       </c>
       <c r="C53" s="6" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B54" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C54" s="6" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B55" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B56" s="8" t="s">
         <v>63</v>
       </c>
       <c r="C56" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B57" s="7" t="s">
+      <c r="B57" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C57" s="6" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B58" s="7" t="s">
         <v>65</v>
       </c>
       <c r="C58" s="6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B59" s="9" t="s">
+      <c r="B59" s="7" t="s">
         <v>66</v>
       </c>
       <c r="C59" s="6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B60" s="8" t="s">
+      <c r="B60" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C60" s="6" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B61" s="9" t="s">
+      <c r="B61" s="8" t="s">
         <v>68</v>
       </c>
       <c r="C61" s="6" t="s">
-        <v>69</v>
+        <v>49</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B62" s="7" t="s">
+      <c r="B62" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C62" s="6" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B63" s="8" t="s">
+      <c r="B63" s="7" t="s">
         <v>71</v>
       </c>
       <c r="C63" s="6" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B64" s="9" t="s">
+      <c r="B64" s="8" t="s">
         <v>72</v>
       </c>
       <c r="C64" s="6" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="65" spans="1:3" ht="15">
+    <row r="65" spans="1:3">
       <c r="A65" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B65" s="9" t="s">
         <v>73</v>
       </c>
       <c r="C65" s="6" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="66" spans="1:3">
+    <row r="66" spans="1:3" ht="15">
       <c r="A66" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B66" s="7" t="s">
+      <c r="B66" s="9" t="s">
         <v>74</v>
       </c>
       <c r="C66" s="6" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="67" spans="1:3">
+    <row r="67" spans="1:3" ht="15">
       <c r="A67" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B67" s="8" t="s">
+      <c r="B67" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C67" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B68" s="8" t="s">
+      <c r="B68" s="7" t="s">
         <v>76</v>
       </c>
       <c r="C68" s="6" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B69" s="8" t="s">
         <v>77</v>
       </c>
       <c r="C69" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B70" s="8" t="s">
         <v>78</v>
       </c>
       <c r="C70" s="6" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B71" s="8" t="s">
         <v>79</v>
       </c>
       <c r="C71" s="6" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="72" spans="1:3" ht="15">
+    <row r="72" spans="1:3">
       <c r="A72" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B72" s="8" t="s">
         <v>80</v>
       </c>
       <c r="C72" s="6" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:3" ht="15">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
       <c r="A73" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B73" s="8" t="s">
         <v>81</v>
       </c>
       <c r="C73" s="6" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:3">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3" ht="15">
       <c r="A74" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B74" s="7" t="s">
+      <c r="B74" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C74" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="75" spans="1:3" ht="15">
       <c r="A75" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B75" s="7" t="s">
+      <c r="B75" s="8" t="s">
         <v>83</v>
       </c>
       <c r="C75" s="6" t="s">
-        <v>28</v>
+        <v>57</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B76" s="8" t="s">
+      <c r="B76" s="7" t="s">
         <v>84</v>
       </c>
       <c r="C76" s="6" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:3">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3" ht="15">
       <c r="A77" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B77" s="8" t="s">
-        <v>85</v>
+      <c r="B77" s="7" t="s">
+        <v>86</v>
       </c>
       <c r="C77" s="6" t="s">
-        <v>56</v>
+        <v>28</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B78" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C78" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B79" s="7" t="s">
-        <v>87</v>
+      <c r="B79" s="8" t="s">
+        <v>88</v>
       </c>
       <c r="C79" s="6" t="s">
-        <v>28</v>
+        <v>57</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B80" s="8" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C80" s="6" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B81" s="8" t="s">
-        <v>89</v>
+      <c r="B81" s="7" t="s">
+        <v>90</v>
       </c>
       <c r="C81" s="6" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B82" s="8" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C82" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B83" s="9" t="s">
-        <v>91</v>
+      <c r="B83" s="8" t="s">
+        <v>92</v>
       </c>
       <c r="C83" s="6" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B84" s="7" t="s">
-        <v>92</v>
+      <c r="B84" s="8" t="s">
+        <v>93</v>
       </c>
       <c r="C84" s="6" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B85" s="8" t="s">
-        <v>93</v>
+      <c r="B85" s="9" t="s">
+        <v>94</v>
       </c>
       <c r="C85" s="6" t="s">
-        <v>56</v>
+        <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B86" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C86" s="6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B87" s="8" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C87" s="6" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B88" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C88" s="6" t="s">
-        <v>56</v>
+        <v>28</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B89" s="8" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C89" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B90" s="8" t="s">
-        <v>98</v>
+      <c r="B90" s="7" t="s">
+        <v>99</v>
       </c>
       <c r="C90" s="6" t="s">
-        <v>8</v>
+        <v>85</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B91" s="8" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C91" s="6" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B92" s="7" t="s">
-        <v>100</v>
+      <c r="B92" s="8" t="s">
+        <v>101</v>
       </c>
       <c r="C92" s="6" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B93" s="8" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C93" s="6" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B94" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="C94" s="6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B95" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="C95" s="6" t="s">
         <v>49</v>
-      </c>
-[...20 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="10" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B96" s="11" t="s">
         <v>106</v>
       </c>
       <c r="C96" s="10" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="10" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="B97" s="12" t="s">
+        <v>105</v>
+      </c>
+      <c r="B97" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="C97" s="10" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="10" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="B98" s="12" t="s">
+        <v>105</v>
+      </c>
+      <c r="B98" s="11" t="s">
         <v>109</v>
       </c>
       <c r="C98" s="10" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="10" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B99" s="12" t="s">
         <v>110</v>
       </c>
       <c r="C99" s="10" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="10" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B100" s="12" t="s">
+        <v>112</v>
+      </c>
+      <c r="C100" s="10" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="10" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>105</v>
+      </c>
+      <c r="B101" s="12" t="s">
+        <v>113</v>
       </c>
       <c r="C101" s="10" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="10" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="B102" s="11" t="s">
+        <v>105</v>
+      </c>
+      <c r="B102" s="12" t="s">
         <v>114</v>
       </c>
       <c r="C102" s="10" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="10" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="B103" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B103" s="11" t="s">
         <v>115</v>
       </c>
       <c r="C103" s="10" t="s">
-        <v>104</v>
+        <v>116</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="10" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B104" s="11" t="s">
+        <v>117</v>
+      </c>
+      <c r="C104" s="10" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="10" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>105</v>
+      </c>
+      <c r="B105" s="13" t="s">
+        <v>118</v>
       </c>
       <c r="C105" s="10" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="10" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>105</v>
+      </c>
+      <c r="B106" s="11" t="s">
+        <v>119</v>
       </c>
       <c r="C106" s="10" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:3" ht="15">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
       <c r="A107" s="10" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B107" s="12" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C107" s="10" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="10" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>105</v>
+      </c>
+      <c r="B108" s="12" t="s">
+        <v>121</v>
       </c>
       <c r="C108" s="10" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:3">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3" ht="15">
       <c r="A109" s="10" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>105</v>
+      </c>
+      <c r="B109" s="12" t="s">
+        <v>122</v>
       </c>
       <c r="C109" s="10" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:3" ht="15">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
       <c r="A110" s="10" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B110" s="11" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C110" s="10" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="10" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>105</v>
+      </c>
+      <c r="B111" s="11" t="s">
+        <v>124</v>
       </c>
       <c r="C111" s="10" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:3">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3" ht="15">
       <c r="A112" s="10" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>124</v>
+        <v>105</v>
+      </c>
+      <c r="B112" s="11" t="s">
+        <v>125</v>
       </c>
       <c r="C112" s="10" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="10" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>105</v>
+      </c>
+      <c r="B113" s="13" t="s">
+        <v>126</v>
       </c>
       <c r="C113" s="10" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="10" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>105</v>
+      </c>
+      <c r="B114" s="12" t="s">
+        <v>127</v>
       </c>
       <c r="C114" s="10" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
     </row>
     <row r="115" spans="1:3" ht="15">
       <c r="A115" s="10" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>105</v>
+      </c>
+      <c r="B115" s="12" t="s">
+        <v>128</v>
       </c>
       <c r="C115" s="10" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="10" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>105</v>
+      </c>
+      <c r="B116" s="11" t="s">
+        <v>129</v>
       </c>
       <c r="C116" s="10" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="10" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>105</v>
+      </c>
+      <c r="B117" s="11" t="s">
+        <v>130</v>
       </c>
       <c r="C117" s="10" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:3">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3" ht="15">
       <c r="A118" s="10" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>105</v>
+      </c>
+      <c r="B118" s="11" t="s">
+        <v>131</v>
       </c>
       <c r="C118" s="10" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="10" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>105</v>
+      </c>
+      <c r="B119" s="12" t="s">
+        <v>132</v>
       </c>
       <c r="C119" s="10" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="10" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>105</v>
+      </c>
+      <c r="B120" s="13" t="s">
+        <v>133</v>
       </c>
       <c r="C120" s="10" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="10" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>133</v>
+        <v>105</v>
+      </c>
+      <c r="B121" s="12" t="s">
+        <v>134</v>
       </c>
       <c r="C121" s="10" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="10" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>105</v>
+      </c>
+      <c r="B122" s="13" t="s">
+        <v>135</v>
       </c>
       <c r="C122" s="10" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="10" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B123" s="11" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C123" s="10" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:3" ht="15">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
       <c r="A124" s="10" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>105</v>
+      </c>
+      <c r="B124" s="13" t="s">
+        <v>137</v>
       </c>
       <c r="C124" s="10" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="10" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>105</v>
+      </c>
+      <c r="B125" s="12" t="s">
+        <v>138</v>
       </c>
       <c r="C125" s="10" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:3" ht="15">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
       <c r="A126" s="10" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>138</v>
+        <v>105</v>
+      </c>
+      <c r="B126" s="11" t="s">
+        <v>139</v>
       </c>
       <c r="C126" s="10" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:3">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3" ht="15">
       <c r="A127" s="10" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>105</v>
+      </c>
+      <c r="B127" s="11" t="s">
+        <v>140</v>
       </c>
       <c r="C127" s="10" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:3" ht="15">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
       <c r="A128" s="10" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B128" s="13" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C128" s="10" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:3">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3" ht="15">
       <c r="A129" s="10" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B129" s="13" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C129" s="10" t="s">
-        <v>104</v>
+        <v>116</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="10" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B130" s="13" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C130" s="10" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:3">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3" ht="15">
       <c r="A131" s="10" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B131" s="13" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C131" s="10" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:3" ht="15">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
       <c r="A132" s="10" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B132" s="13" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C132" s="10" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="10" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B133" s="13" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C133" s="10" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="10" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B134" s="13" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C134" s="10" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:3">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3" ht="15">
       <c r="A135" s="10" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B135" s="13" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C135" s="10" t="s">
-        <v>104</v>
+        <v>116</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="10" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>105</v>
+      </c>
+      <c r="B136" s="13" t="s">
+        <v>149</v>
       </c>
       <c r="C136" s="10" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="10" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>105</v>
+      </c>
+      <c r="B137" s="13" t="s">
+        <v>150</v>
       </c>
       <c r="C137" s="10" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="10" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>150</v>
+        <v>105</v>
+      </c>
+      <c r="B138" s="13" t="s">
+        <v>151</v>
       </c>
       <c r="C138" s="10" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="139" spans="1:3">
-      <c r="A139" s="14" t="s">
-[...2 lines deleted...]
-      <c r="B139" s="15" t="s">
+      <c r="A139" s="10" t="s">
+        <v>105</v>
+      </c>
+      <c r="B139" s="11" t="s">
         <v>152</v>
       </c>
-      <c r="C139" s="14" t="s">
+      <c r="C139" s="10" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="10" t="s">
+        <v>105</v>
+      </c>
+      <c r="B140" s="11" t="s">
         <v>153</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B140" s="15" t="s">
+      <c r="C140" s="10" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="10" t="s">
+        <v>105</v>
+      </c>
+      <c r="B141" s="12" t="s">
         <v>154</v>
       </c>
-      <c r="C140" s="14" t="s">
-[...7 lines deleted...]
-      <c r="B141" s="15" t="s">
+      <c r="C141" s="10" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3" ht="15">
+      <c r="A142" s="10" t="s">
+        <v>105</v>
+      </c>
+      <c r="B142" s="12" t="s">
         <v>155</v>
       </c>
-      <c r="C141" s="14" t="s">
-[...11 lines deleted...]
-        <v>108</v>
+      <c r="C142" s="10" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B143" s="15" t="s">
         <v>157</v>
       </c>
       <c r="C143" s="14" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="14" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="B144" s="16" t="s">
+        <v>156</v>
+      </c>
+      <c r="B144" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="C144" s="14" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B145" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C145" s="14" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B146" s="16" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C146" s="14" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B147" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C147" s="14" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>162</v>
+        <v>156</v>
+      </c>
+      <c r="B148" s="16" t="s">
+        <v>163</v>
       </c>
       <c r="C148" s="14" t="s">
-        <v>153</v>
+        <v>111</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B149" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C149" s="14" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>164</v>
+        <v>156</v>
+      </c>
+      <c r="B150" s="16" t="s">
+        <v>165</v>
       </c>
       <c r="C150" s="14" t="s">
-        <v>165</v>
+        <v>111</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B151" s="15" t="s">
         <v>166</v>
       </c>
       <c r="C151" s="14" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B152" s="15" t="s">
         <v>167</v>
       </c>
       <c r="C152" s="14" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B153" s="15" t="s">
         <v>168</v>
       </c>
       <c r="C153" s="14" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="14" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="B154" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="B154" s="17" t="s">
         <v>169</v>
       </c>
       <c r="C154" s="14" t="s">
-        <v>153</v>
+        <v>170</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B155" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C155" s="14" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:3" ht="15">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
       <c r="A156" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B156" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C156" s="14" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B157" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C157" s="14" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B158" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C158" s="14" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B159" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C159" s="14" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:3">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3" ht="15">
       <c r="A160" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B160" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C160" s="14" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B161" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C161" s="14" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>156</v>
+      </c>
+      <c r="B162" s="15" t="s">
+        <v>178</v>
       </c>
       <c r="C162" s="14" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>178</v>
+        <v>156</v>
+      </c>
+      <c r="B163" s="15" t="s">
+        <v>179</v>
       </c>
       <c r="C163" s="14" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B164" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C164" s="14" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B165" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C165" s="14" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>181</v>
+        <v>156</v>
+      </c>
+      <c r="B166" s="17" t="s">
+        <v>182</v>
       </c>
       <c r="C166" s="14" t="s">
-        <v>153</v>
+        <v>170</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>182</v>
+        <v>156</v>
+      </c>
+      <c r="B167" s="17" t="s">
+        <v>183</v>
       </c>
       <c r="C167" s="14" t="s">
-        <v>153</v>
+        <v>170</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B168" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C168" s="14" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B169" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C169" s="14" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>156</v>
+      </c>
+      <c r="B170" s="15" t="s">
+        <v>186</v>
       </c>
       <c r="C170" s="14" t="s">
-        <v>108</v>
+        <v>158</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B171" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C171" s="14" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>187</v>
+        <v>156</v>
+      </c>
+      <c r="B172" s="15" t="s">
+        <v>188</v>
       </c>
       <c r="C172" s="14" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B173" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C173" s="14" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>156</v>
+      </c>
+      <c r="B174" s="16" t="s">
+        <v>190</v>
       </c>
       <c r="C174" s="14" t="s">
-        <v>153</v>
+        <v>111</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B175" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C175" s="14" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>191</v>
+        <v>156</v>
+      </c>
+      <c r="B176" s="17" t="s">
+        <v>192</v>
       </c>
       <c r="C176" s="14" t="s">
-        <v>153</v>
+        <v>170</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>156</v>
+      </c>
+      <c r="B177" s="15" t="s">
+        <v>193</v>
       </c>
       <c r="C177" s="14" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B178" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C178" s="14" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B179" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C179" s="14" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>156</v>
+      </c>
+      <c r="B180" s="15" t="s">
+        <v>196</v>
       </c>
       <c r="C180" s="14" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>196</v>
+        <v>156</v>
+      </c>
+      <c r="B181" s="17" t="s">
+        <v>197</v>
       </c>
       <c r="C181" s="14" t="s">
-        <v>153</v>
+        <v>170</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B182" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C182" s="14" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B183" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C183" s="14" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B184" s="17" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C184" s="14" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>156</v>
+      </c>
+      <c r="B185" s="15" t="s">
+        <v>201</v>
       </c>
       <c r="C185" s="14" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B186" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C186" s="14" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>202</v>
+        <v>156</v>
+      </c>
+      <c r="B187" s="15" t="s">
+        <v>203</v>
       </c>
       <c r="C187" s="14" t="s">
-        <v>108</v>
+        <v>158</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>203</v>
+        <v>156</v>
+      </c>
+      <c r="B188" s="17" t="s">
+        <v>204</v>
       </c>
       <c r="C188" s="14" t="s">
-        <v>108</v>
+        <v>170</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>204</v>
+        <v>156</v>
+      </c>
+      <c r="B189" s="17" t="s">
+        <v>205</v>
       </c>
       <c r="C189" s="14" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:3" ht="15">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
       <c r="A190" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>205</v>
+        <v>156</v>
+      </c>
+      <c r="B190" s="15" t="s">
+        <v>206</v>
       </c>
       <c r="C190" s="14" t="s">
-        <v>108</v>
+        <v>158</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>206</v>
+        <v>156</v>
+      </c>
+      <c r="B191" s="16" t="s">
+        <v>207</v>
       </c>
       <c r="C191" s="14" t="s">
-        <v>165</v>
+        <v>111</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>207</v>
+        <v>156</v>
+      </c>
+      <c r="B192" s="16" t="s">
+        <v>208</v>
       </c>
       <c r="C192" s="14" t="s">
-        <v>165</v>
+        <v>111</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B193" s="16" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C193" s="14" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:3">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3" ht="15">
       <c r="A194" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B194" s="16" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C194" s="14" t="s">
-        <v>165</v>
+        <v>111</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B195" s="17" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C195" s="14" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B196" s="17" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C196" s="14" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>156</v>
+      </c>
+      <c r="B197" s="16" t="s">
+        <v>213</v>
       </c>
       <c r="C197" s="14" t="s">
-        <v>165</v>
+        <v>111</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>213</v>
+        <v>156</v>
+      </c>
+      <c r="B198" s="16" t="s">
+        <v>214</v>
       </c>
       <c r="C198" s="14" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B199" s="17" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C199" s="14" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B200" s="17" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C200" s="14" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B201" s="17" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C201" s="14" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B202" s="17" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C202" s="14" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B203" s="17" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C203" s="14" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B204" s="17" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C204" s="14" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:3" ht="15">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
       <c r="A205" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B205" s="17" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C205" s="14" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B206" s="17" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C206" s="14" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>222</v>
+        <v>156</v>
+      </c>
+      <c r="B207" s="17" t="s">
+        <v>223</v>
       </c>
       <c r="C207" s="14" t="s">
-        <v>153</v>
+        <v>170</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B208" s="17" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C208" s="14" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="209" spans="1:3" ht="15">
       <c r="A209" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B209" s="17" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C209" s="14" t="s">
-        <v>108</v>
+        <v>170</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B210" s="17" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C210" s="14" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>156</v>
+      </c>
+      <c r="B211" s="15" t="s">
+        <v>227</v>
       </c>
       <c r="C211" s="14" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>156</v>
+      </c>
+      <c r="B212" s="17" t="s">
+        <v>228</v>
       </c>
       <c r="C212" s="14" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:3">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3" ht="15">
       <c r="A213" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B213" s="17" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C213" s="14" t="s">
-        <v>165</v>
+        <v>111</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B214" s="17" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C214" s="14" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B215" s="17" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C215" s="14" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>231</v>
+        <v>156</v>
+      </c>
+      <c r="B216" s="18" t="s">
+        <v>232</v>
       </c>
       <c r="C216" s="14" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B217" s="17" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C217" s="14" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="14" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>156</v>
+      </c>
+      <c r="B218" s="17" t="s">
+        <v>234</v>
       </c>
       <c r="C218" s="14" t="s">
-        <v>153</v>
+        <v>170</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B219" s="17" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C219" s="14" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="14" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B220" s="17" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C220" s="14" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="221" spans="1:3">
-      <c r="A221" s="19" t="s">
-[...2 lines deleted...]
-      <c r="B221" s="20" t="s">
+      <c r="A221" s="14" t="s">
+        <v>156</v>
+      </c>
+      <c r="B221" s="17" t="s">
         <v>237</v>
       </c>
-      <c r="C221" s="19" t="s">
-        <v>69</v>
+      <c r="C221" s="14" t="s">
+        <v>170</v>
       </c>
     </row>
     <row r="222" spans="1:3">
-      <c r="A222" s="19" t="s">
-[...2 lines deleted...]
-      <c r="B222" s="21" t="s">
+      <c r="A222" s="14" t="s">
+        <v>156</v>
+      </c>
+      <c r="B222" s="15" t="s">
         <v>238</v>
       </c>
-      <c r="C222" s="19" t="s">
+      <c r="C222" s="14" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="14" t="s">
+        <v>156</v>
+      </c>
+      <c r="B223" s="17" t="s">
         <v>239</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B223" s="20" t="s">
+      <c r="C223" s="14" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="14" t="s">
+        <v>156</v>
+      </c>
+      <c r="B224" s="17" t="s">
         <v>240</v>
       </c>
-      <c r="C223" s="19" t="s">
-[...11 lines deleted...]
-        <v>239</v>
+      <c r="C224" s="14" t="s">
+        <v>170</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B225" s="20" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="C225" s="19" t="s">
-        <v>241</v>
+        <v>70</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B226" s="21" t="s">
+        <v>243</v>
+      </c>
+      <c r="C226" s="19" t="s">
         <v>244</v>
       </c>
-      <c r="C226" s="19" t="s">
-[...3 lines deleted...]
-    <row r="227" spans="1:3" ht="15">
+    </row>
+    <row r="227" spans="1:3">
       <c r="A227" s="19" t="s">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="B227" s="21" t="s">
+        <v>241</v>
+      </c>
+      <c r="B227" s="20" t="s">
         <v>245</v>
       </c>
       <c r="C227" s="19" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:3">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3" ht="15">
       <c r="A228" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B228" s="21" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C228" s="19" t="s">
-        <v>239</v>
+        <v>70</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>247</v>
+        <v>241</v>
+      </c>
+      <c r="B229" s="20" t="s">
+        <v>248</v>
       </c>
       <c r="C229" s="19" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>241</v>
+      </c>
+      <c r="B230" s="21" t="s">
+        <v>249</v>
       </c>
       <c r="C230" s="19" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:3">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3" ht="15">
       <c r="A231" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>249</v>
+        <v>241</v>
+      </c>
+      <c r="B231" s="21" t="s">
+        <v>250</v>
       </c>
       <c r="C231" s="19" t="s">
-        <v>69</v>
+        <v>111</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B232" s="21" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C232" s="19" t="s">
-        <v>239</v>
+        <v>70</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B233" s="21" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C233" s="19" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B234" s="20" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C234" s="19" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B235" s="20" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C235" s="19" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>254</v>
+        <v>241</v>
+      </c>
+      <c r="B236" s="21" t="s">
+        <v>255</v>
       </c>
       <c r="C236" s="19" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B237" s="21" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C237" s="19" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>256</v>
+        <v>241</v>
+      </c>
+      <c r="B238" s="20" t="s">
+        <v>257</v>
       </c>
       <c r="C238" s="19" t="s">
-        <v>239</v>
+        <v>70</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B239" s="20" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C239" s="19" t="s">
-        <v>241</v>
+        <v>70</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B240" s="20" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C240" s="19" t="s">
-        <v>69</v>
+        <v>246</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B241" s="21" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C241" s="19" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>260</v>
+        <v>241</v>
+      </c>
+      <c r="B242" s="21" t="s">
+        <v>261</v>
       </c>
       <c r="C242" s="19" t="s">
-        <v>69</v>
+        <v>244</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>261</v>
+        <v>241</v>
+      </c>
+      <c r="B243" s="20" t="s">
+        <v>262</v>
       </c>
       <c r="C243" s="19" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>262</v>
+        <v>241</v>
+      </c>
+      <c r="B244" s="20" t="s">
+        <v>263</v>
       </c>
       <c r="C244" s="19" t="s">
-        <v>239</v>
+        <v>70</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>263</v>
+        <v>241</v>
+      </c>
+      <c r="B245" s="21" t="s">
+        <v>264</v>
       </c>
       <c r="C245" s="19" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>264</v>
+        <v>241</v>
+      </c>
+      <c r="B246" s="20" t="s">
+        <v>265</v>
       </c>
       <c r="C246" s="19" t="s">
-        <v>239</v>
+        <v>70</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>265</v>
+        <v>241</v>
+      </c>
+      <c r="B247" s="21" t="s">
+        <v>266</v>
       </c>
       <c r="C247" s="19" t="s">
-        <v>69</v>
+        <v>244</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>266</v>
+        <v>241</v>
+      </c>
+      <c r="B248" s="21" t="s">
+        <v>267</v>
       </c>
       <c r="C248" s="19" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B249" s="20" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C249" s="19" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B250" s="21" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C250" s="19" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B251" s="20" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C251" s="19" t="s">
-        <v>241</v>
+        <v>70</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B252" s="20" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C252" s="19" t="s">
-        <v>69</v>
+        <v>246</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B253" s="20" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C253" s="19" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:3" ht="15">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
       <c r="A254" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>272</v>
+        <v>241</v>
+      </c>
+      <c r="B254" s="21" t="s">
+        <v>273</v>
       </c>
       <c r="C254" s="19" t="s">
-        <v>69</v>
+        <v>244</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>273</v>
+        <v>241</v>
+      </c>
+      <c r="B255" s="20" t="s">
+        <v>274</v>
       </c>
       <c r="C255" s="19" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>274</v>
+        <v>241</v>
+      </c>
+      <c r="B256" s="20" t="s">
+        <v>275</v>
       </c>
       <c r="C256" s="19" t="s">
-        <v>239</v>
+        <v>70</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B257" s="20" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C257" s="19" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:3">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3" ht="15">
       <c r="A258" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>276</v>
+        <v>241</v>
+      </c>
+      <c r="B258" s="20" t="s">
+        <v>277</v>
       </c>
       <c r="C258" s="19" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:3" ht="15">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
       <c r="A259" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>277</v>
+        <v>241</v>
+      </c>
+      <c r="B259" s="21" t="s">
+        <v>278</v>
       </c>
       <c r="C259" s="19" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B260" s="21" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C260" s="19" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>279</v>
+        <v>241</v>
+      </c>
+      <c r="B261" s="20" t="s">
+        <v>280</v>
       </c>
       <c r="C261" s="19" t="s">
-        <v>239</v>
+        <v>70</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>280</v>
+        <v>241</v>
+      </c>
+      <c r="B262" s="22" t="s">
+        <v>281</v>
       </c>
       <c r="C262" s="19" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:3">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3" ht="15">
       <c r="A263" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>281</v>
+        <v>241</v>
+      </c>
+      <c r="B263" s="22" t="s">
+        <v>282</v>
       </c>
       <c r="C263" s="19" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>282</v>
+        <v>241</v>
+      </c>
+      <c r="B264" s="21" t="s">
+        <v>283</v>
       </c>
       <c r="C264" s="19" t="s">
-        <v>69</v>
+        <v>244</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B265" s="21" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C265" s="19" t="s">
-        <v>239</v>
+        <v>70</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>284</v>
+        <v>241</v>
+      </c>
+      <c r="B266" s="21" t="s">
+        <v>285</v>
       </c>
       <c r="C266" s="19" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:3" ht="15">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
       <c r="A267" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B267" s="20" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C267" s="19" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>286</v>
+        <v>241</v>
+      </c>
+      <c r="B268" s="20" t="s">
+        <v>287</v>
       </c>
       <c r="C268" s="19" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:3" ht="15">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
       <c r="A269" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B269" s="21" t="s">
-        <v>92</v>
+        <v>288</v>
       </c>
       <c r="C269" s="19" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B270" s="20" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C270" s="19" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:3">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3" ht="15">
       <c r="A271" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>288</v>
+        <v>241</v>
+      </c>
+      <c r="B271" s="20" t="s">
+        <v>290</v>
       </c>
       <c r="C271" s="19" t="s">
-        <v>239</v>
+        <v>70</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B272" s="21" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C272" s="19" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:3">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3" ht="15">
       <c r="A273" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>290</v>
+        <v>241</v>
+      </c>
+      <c r="B273" s="21" t="s">
+        <v>95</v>
       </c>
       <c r="C273" s="19" t="s">
-        <v>241</v>
+        <v>70</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B274" s="20" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C274" s="19" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>292</v>
+        <v>241</v>
+      </c>
+      <c r="B275" s="21" t="s">
+        <v>293</v>
       </c>
       <c r="C275" s="19" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>293</v>
+        <v>241</v>
+      </c>
+      <c r="B276" s="21" t="s">
+        <v>294</v>
       </c>
       <c r="C276" s="19" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>294</v>
+        <v>241</v>
+      </c>
+      <c r="B277" s="20" t="s">
+        <v>295</v>
       </c>
       <c r="C277" s="19" t="s">
-        <v>153</v>
+        <v>246</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B278" s="20" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C278" s="19" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B279" s="20" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C279" s="19" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:3" ht="15">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
       <c r="A280" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B280" s="20" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C280" s="19" t="s">
-        <v>239</v>
+        <v>70</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>298</v>
+        <v>241</v>
+      </c>
+      <c r="B281" s="23" t="s">
+        <v>299</v>
       </c>
       <c r="C281" s="19" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:3" ht="15">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
       <c r="A282" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B282" s="20" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C282" s="19" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B283" s="20" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C283" s="19" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:3">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3" ht="15">
       <c r="A284" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>301</v>
+        <v>241</v>
+      </c>
+      <c r="B284" s="20" t="s">
+        <v>302</v>
       </c>
       <c r="C284" s="19" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="B285" s="20" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C285" s="19" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:3">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3" ht="15">
       <c r="A286" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>303</v>
+        <v>241</v>
+      </c>
+      <c r="B286" s="20" t="s">
+        <v>304</v>
       </c>
       <c r="C286" s="19" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:3" ht="15">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
       <c r="A287" s="19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>304</v>
+        <v>241</v>
+      </c>
+      <c r="B287" s="20" t="s">
+        <v>305</v>
       </c>
       <c r="C287" s="19" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="288" spans="1:3">
-      <c r="A288" s="25" t="s">
-[...2 lines deleted...]
-      <c r="B288" s="26" t="s">
+      <c r="A288" s="19" t="s">
+        <v>241</v>
+      </c>
+      <c r="B288" s="21" t="s">
         <v>306</v>
       </c>
-      <c r="C288" s="25" t="s">
+      <c r="C288" s="19" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="19" t="s">
+        <v>241</v>
+      </c>
+      <c r="B289" s="20" t="s">
+        <v>307</v>
+      </c>
+      <c r="C289" s="19" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="19" t="s">
+        <v>241</v>
+      </c>
+      <c r="B290" s="24" t="s">
+        <v>308</v>
+      </c>
+      <c r="C290" s="19" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3" ht="15">
+      <c r="A291" s="19" t="s">
+        <v>241</v>
+      </c>
+      <c r="B291" s="24" t="s">
+        <v>309</v>
+      </c>
+      <c r="C291" s="19" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="25" t="s">
+        <v>310</v>
+      </c>
+      <c r="B292" s="26" t="s">
+        <v>311</v>
+      </c>
+      <c r="C292" s="25" t="s">
         <v>49</v>
-      </c>
-[...42 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="293" spans="1:3" ht="15">
       <c r="A293" s="25" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="B293" s="26" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C293" s="25" t="s">
-        <v>312</v>
+        <v>28</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="25" t="s">
-        <v>305</v>
-[...1 lines deleted...]
-      <c r="B294" s="27" t="s">
+        <v>310</v>
+      </c>
+      <c r="B294" s="26" t="s">
         <v>313</v>
       </c>
       <c r="C294" s="25" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3" ht="15">
+      <c r="A295" s="25" t="s">
+        <v>310</v>
+      </c>
+      <c r="B295" s="26" t="s">
+        <v>314</v>
+      </c>
+      <c r="C295" s="25" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="295" spans="1:3">
-[...1 lines deleted...]
-    </row>
     <row r="296" spans="1:3">
-      <c r="B296" s="29"/>
-[...8 lines deleted...]
-      <c r="B299" s="29"/>
+      <c r="A296" s="25" t="s">
+        <v>310</v>
+      </c>
+      <c r="B296" s="26" t="s">
+        <v>315</v>
+      </c>
+      <c r="C296" s="25" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3" ht="15">
+      <c r="A297" s="25" t="s">
+        <v>310</v>
+      </c>
+      <c r="B297" s="26" t="s">
+        <v>316</v>
+      </c>
+      <c r="C297" s="25" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3" ht="15">
+      <c r="A298" s="25" t="s">
+        <v>310</v>
+      </c>
+      <c r="B298" s="26" t="s">
+        <v>317</v>
+      </c>
+      <c r="C298" s="25" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3" ht="15">
+      <c r="A299" s="25" t="s">
+        <v>310</v>
+      </c>
+      <c r="B299" s="26" t="s">
+        <v>319</v>
+      </c>
+      <c r="C299" s="25" t="s">
+        <v>320</v>
+      </c>
     </row>
     <row r="300" spans="1:3">
-      <c r="B300" s="29"/>
+      <c r="A300" s="25" t="s">
+        <v>310</v>
+      </c>
+      <c r="B300" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="C300" s="25" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="301" spans="1:3">
       <c r="B301" s="29"/>
     </row>
     <row r="302" spans="1:3">
       <c r="B302" s="29"/>
     </row>
     <row r="303" spans="1:3">
       <c r="B303" s="29"/>
     </row>
     <row r="304" spans="1:3">
       <c r="B304" s="29"/>
     </row>
     <row r="305" spans="2:2">
       <c r="B305" s="29"/>
     </row>
     <row r="306" spans="2:2">
       <c r="B306" s="29"/>
     </row>
     <row r="307" spans="2:2">
       <c r="B307" s="29"/>
     </row>
     <row r="308" spans="2:2">
       <c r="B308" s="29"/>
     </row>
@@ -5649,62 +5721,80 @@
     </row>
     <row r="544" spans="2:2">
       <c r="B544" s="29"/>
     </row>
     <row r="545" spans="2:2">
       <c r="B545" s="29"/>
     </row>
     <row r="546" spans="2:2">
       <c r="B546" s="29"/>
     </row>
     <row r="547" spans="2:2">
       <c r="B547" s="29"/>
     </row>
     <row r="548" spans="2:2">
       <c r="B548" s="29"/>
     </row>
     <row r="549" spans="2:2">
       <c r="B549" s="29"/>
     </row>
     <row r="550" spans="2:2">
       <c r="B550" s="29"/>
     </row>
     <row r="551" spans="2:2">
       <c r="B551" s="29"/>
     </row>
-    <row r="552" spans="2:2" ht="15"/>
-[...4 lines deleted...]
-    <row r="557" spans="2:2" ht="15"/>
+    <row r="552" spans="2:2">
+      <c r="B552" s="29"/>
+    </row>
+    <row r="553" spans="2:2">
+      <c r="B553" s="29"/>
+    </row>
+    <row r="554" spans="2:2">
+      <c r="B554" s="29"/>
+    </row>
+    <row r="555" spans="2:2">
+      <c r="B555" s="29"/>
+    </row>
+    <row r="556" spans="2:2">
+      <c r="B556" s="29"/>
+    </row>
+    <row r="557" spans="2:2">
+      <c r="B557" s="29"/>
+    </row>
+    <row r="558" spans="2:2" ht="15"/>
+    <row r="559" spans="2:2" ht="15"/>
+    <row r="560" spans="2:2" ht="15"/>
+    <row r="561" ht="15"/>
+    <row r="562" ht="15"/>
+    <row r="563" ht="15"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C2"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B212" r:id="rId1" xr:uid="{6A489F15-BA3E-4BA5-A4A6-D48749260650}"/>
+    <hyperlink ref="B216" r:id="rId1" xr:uid="{6A489F15-BA3E-4BA5-A4A6-D48749260650}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 OFFICIAL </oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5747,52 +5837,52 @@
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Standard</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">960ba701-3380-41b5-9bb0-3b6b58c1499e</TermId>
         </TermInfo>
       </Terms>
     </kedb2ff0ca1e408a99ab642b77c963a5>
     <ffccade9da8a475ab8f1c108c3e23718 xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </ffccade9da8a475ab8f1c108c3e23718>
     <IsPublicDocument xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">true</IsPublicDocument>
     <Retention xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">2</Retention>
     <TaxCatchAll xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
       <Value>5</Value>
       <Value>3</Value>
       <Value>1</Value>
     </TaxCatchAll>
     <_dlc_DocId xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">WCCC-1642278725-7233</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
       <Url>https://warwickshiregovuk.sharepoint.com/sites/edrm-CSC/_layouts/15/DocIdRedir.aspx?ID=WCCC-1642278725-7233</Url>
       <Description>WCCC-1642278725-7233</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Service Document" ma:contentTypeID="0x010100C50F05A7ED30F54294ADC2B50AFA98D100F5FBC038241A754089FD1FC2EF666F05" ma:contentTypeVersion="20" ma:contentTypeDescription="Custom service document" ma:contentTypeScope="" ma:versionID="77c1ebfccdb28bb45b73c24ad234b61f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="78a9e8ab-f1c3-4d40-985a-93fd8ee92998" xmlns:ns3="0effdf57-8945-4ab5-a2a1-b358091f1326" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cf1952ec47fc885189c55980fd20532c" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Service Document" ma:contentTypeID="0x010100C50F05A7ED30F54294ADC2B50AFA98D100F5FBC038241A754089FD1FC2EF666F05" ma:contentTypeVersion="20" ma:contentTypeDescription="Custom service document" ma:contentTypeScope="" ma:versionID="eac22f5411acbe35557ef2dc10eff755">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="78a9e8ab-f1c3-4d40-985a-93fd8ee92998" xmlns:ns3="0effdf57-8945-4ab5-a2a1-b358091f1326" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="47cdddf30b03dcbbf7ce56dd2be001ca" ns2:_="" ns3:_="">
     <xsd:import namespace="78a9e8ab-f1c3-4d40-985a-93fd8ee92998"/>
     <xsd:import namespace="0effdf57-8945-4ab5-a2a1-b358091f1326"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:Retention" minOccurs="0"/>
                 <xsd:element ref="ns2:DocumentStatus"/>
                 <xsd:element ref="ns2:IsPublicDocument" minOccurs="0"/>
                 <xsd:element ref="ns2:PublicDocumentUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:DisposalDate" minOccurs="0"/>
                 <xsd:element ref="ns2:ffccade9da8a475ab8f1c108c3e23718" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:kedb2ff0ca1e408a99ab642b77c963a5" minOccurs="0"/>
                 <xsd:element ref="ns2:m6f1b19d255b4c43ac68d7531f76a7f7" minOccurs="0"/>
                 <xsd:element ref="ns2:gfbd317b6d45488ba6923c9499396db1" minOccurs="0"/>
                 <xsd:element ref="ns2:l9b9e22c36cb44fca76c18eb4ce001f3" minOccurs="0"/>
                 <xsd:element ref="ns2:f36226996675478285decb82353bbd3c" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
@@ -6133,51 +6223,51 @@
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7953FEBA-7755-4C2F-A129-74FCC294D7CA}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95D3D1F0-90DD-4241-A9C1-B4690FA65132}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED7F4FE8-28DF-4F34-BDF6-12989713E7CB}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E98744D-2777-4E08-9D76-01BF487D7DC2}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E2C64DBB-2C21-46FB-8877-EBC24141C5C4}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company>Warwickshire County Council</Company>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Michelle Warren</dc:creator>