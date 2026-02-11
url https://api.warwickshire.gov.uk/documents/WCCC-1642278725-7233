--- v2 (2026-01-21)
+++ v3 (2026-02-11)
@@ -9,79 +9,79 @@
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29711"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="293" documentId="8_{84F92A74-A41A-4731-8E8B-6D176B186724}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{CDA5BCB9-0FF4-448F-8C7A-EA0DDAA3BC36}"/>
+  <xr:revisionPtr revIDLastSave="300" documentId="8_{84F92A74-A41A-4731-8E8B-6D176B186724}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3C60F69A-37D3-40A8-AC2C-F7A7B6D80651}"/>
   <bookViews>
     <workbookView xWindow="40920" yWindow="-105" windowWidth="29040" windowHeight="15720" xr2:uid="{C9B1941D-FE75-43C9-B33E-811122B7FC4A}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="895" uniqueCount="322">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="895" uniqueCount="321">
   <si>
     <t xml:space="preserve">Please review the list to find out who your allocated Early Support Officer is.   Settings are in alphabatical order within districts. </t>
   </si>
   <si>
     <t xml:space="preserve">District </t>
   </si>
   <si>
     <t>Setting</t>
   </si>
   <si>
     <t>Early Support Officer</t>
   </si>
   <si>
     <t>North Warwickshire</t>
   </si>
   <si>
     <t>Arc School Ansley</t>
   </si>
   <si>
     <t>Hayley Starkey</t>
   </si>
   <si>
     <t xml:space="preserve">Arley Primary </t>
   </si>
   <si>
@@ -210,51 +210,51 @@
   <si>
     <t>Catherine Kiteley</t>
   </si>
   <si>
     <t xml:space="preserve">Arden Forest Infant School </t>
   </si>
   <si>
     <t xml:space="preserve">Ash Green School </t>
   </si>
   <si>
     <t>Aspire in Arts</t>
   </si>
   <si>
     <t xml:space="preserve">Bambini Day Nursery </t>
   </si>
   <si>
     <t xml:space="preserve">Bedworth Heath Nursery </t>
   </si>
   <si>
     <t>Camp Hill Primary School</t>
   </si>
   <si>
     <t xml:space="preserve">Chetwynd Junior School </t>
   </si>
   <si>
-    <t>Stewart Higgins</t>
+    <t>Sarah Parmar</t>
   </si>
   <si>
     <t>Chilvers Coton Infant School</t>
   </si>
   <si>
     <t>Croft Junior School</t>
   </si>
   <si>
     <t>Discovery Academy</t>
   </si>
   <si>
     <t xml:space="preserve">Etone College </t>
   </si>
   <si>
     <t xml:space="preserve">Exhall Ceders Infant School </t>
   </si>
   <si>
     <t xml:space="preserve">Exhall Grange Specialist School </t>
   </si>
   <si>
     <t>Exhall Junior School</t>
   </si>
   <si>
     <t xml:space="preserve">Galley Common Infants </t>
   </si>
@@ -292,53 +292,50 @@
     <t>Michael Drayton Junior School</t>
   </si>
   <si>
     <t>Middlemarch School</t>
   </si>
   <si>
     <t xml:space="preserve">Nathaniel Newton Infant School </t>
   </si>
   <si>
     <t xml:space="preserve">Newdigate Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Nicholas Chamberlaine School </t>
   </si>
   <si>
     <t xml:space="preserve">Nursery Hill Primary School </t>
   </si>
   <si>
     <t>Oakwood Primary School</t>
   </si>
   <si>
     <t>Oakwood Secondary School</t>
   </si>
   <si>
     <t xml:space="preserve">Our Lady and St Joseph Catholic Academy </t>
-  </si>
-[...1 lines deleted...]
-    <t>Sarah Parmar</t>
   </si>
   <si>
     <t>Park Lane Primary School</t>
   </si>
   <si>
     <t>Queens CofE Academy</t>
   </si>
   <si>
     <t xml:space="preserve">Race Leys Infant School </t>
   </si>
   <si>
     <t xml:space="preserve">Race Leys Junior School </t>
   </si>
   <si>
     <t>St Anne's Catholic Academy</t>
   </si>
   <si>
     <t xml:space="preserve">St Francis Catholic Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">St James C of E Academy </t>
   </si>
   <si>
     <t xml:space="preserve">St Micheals C of E Academy </t>
   </si>
@@ -1667,51 +1664,51 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mosaic.in.wcc/mosaic/organisation/displayOrganisationAction.do?id=260202" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{89BD4F2F-1E5F-4D0A-A0E7-4B4B5E2AD149}">
   <dimension ref="A1:C563"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="142" zoomScaleNormal="142" workbookViewId="0">
-      <selection activeCell="B157" sqref="B157"/>
+      <selection activeCell="A42" sqref="A42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="1" width="24.5703125" style="28" customWidth="1"/>
     <col min="2" max="2" width="69.5703125" style="30" customWidth="1"/>
     <col min="3" max="3" width="48.28515625" style="28" customWidth="1"/>
     <col min="4" max="4" width="16" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="28.5" customHeight="1">
       <c r="A1" s="31" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="32"/>
       <c r="C1" s="33"/>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="34"/>
       <c r="B2" s="35"/>
       <c r="C2" s="36"/>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>1</v>
@@ -2501,2512 +2498,2512 @@
         <v>82</v>
       </c>
       <c r="C74" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="75" spans="1:3" ht="15">
       <c r="A75" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B75" s="8" t="s">
         <v>83</v>
       </c>
       <c r="C75" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B76" s="7" t="s">
         <v>84</v>
       </c>
       <c r="C76" s="6" t="s">
-        <v>85</v>
+        <v>57</v>
       </c>
     </row>
     <row r="77" spans="1:3" ht="15">
       <c r="A77" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B77" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C77" s="6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B78" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C78" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B79" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C79" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B80" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="C80" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B81" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C81" s="6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B82" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C82" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B83" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="C83" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B84" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C84" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B85" s="9" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C85" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B86" s="7" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C86" s="6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B87" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C87" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B88" s="7" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="C88" s="6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B89" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C89" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B90" s="7" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C90" s="6" t="s">
-        <v>85</v>
+        <v>57</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B91" s="8" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C91" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B92" s="8" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C92" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B93" s="8" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C93" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B94" s="7" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C94" s="6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B95" s="8" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C95" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="B96" s="11" t="s">
         <v>105</v>
       </c>
-      <c r="B96" s="11" t="s">
+      <c r="C96" s="10" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B97" s="11" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C97" s="10" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B98" s="11" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C98" s="10" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B99" s="12" t="s">
+        <v>109</v>
+      </c>
+      <c r="C99" s="10" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B100" s="12" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C100" s="10" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B101" s="12" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C101" s="10" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B102" s="12" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C102" s="10" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B103" s="11" t="s">
+        <v>114</v>
+      </c>
+      <c r="C103" s="10" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B104" s="11" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C104" s="10" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B105" s="13" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C105" s="10" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B106" s="11" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C106" s="10" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B107" s="12" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C107" s="10" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B108" s="12" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C108" s="10" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="109" spans="1:3" ht="15">
       <c r="A109" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B109" s="12" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C109" s="10" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B110" s="11" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C110" s="10" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B111" s="11" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C111" s="10" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="112" spans="1:3" ht="15">
       <c r="A112" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B112" s="11" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C112" s="10" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B113" s="13" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C113" s="10" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B114" s="12" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C114" s="10" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="115" spans="1:3" ht="15">
       <c r="A115" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B115" s="12" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C115" s="10" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B116" s="11" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C116" s="10" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B117" s="11" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C117" s="10" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="118" spans="1:3" ht="15">
       <c r="A118" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B118" s="11" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C118" s="10" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B119" s="12" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C119" s="10" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B120" s="13" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C120" s="10" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B121" s="12" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C121" s="10" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B122" s="13" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C122" s="10" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B123" s="11" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C123" s="10" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B124" s="13" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C124" s="10" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B125" s="12" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C125" s="10" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B126" s="11" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C126" s="10" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="127" spans="1:3" ht="15">
       <c r="A127" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B127" s="11" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C127" s="10" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B128" s="13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C128" s="10" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="129" spans="1:3" ht="15">
       <c r="A129" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B129" s="13" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="C129" s="10" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B130" s="13" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C130" s="10" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="131" spans="1:3" ht="15">
       <c r="A131" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B131" s="13" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C131" s="10" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B132" s="13" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C132" s="10" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B133" s="13" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C133" s="10" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B134" s="13" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="C134" s="10" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="135" spans="1:3" ht="15">
       <c r="A135" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B135" s="13" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="C135" s="10" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B136" s="13" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="C136" s="10" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B137" s="13" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C137" s="10" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B138" s="13" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C138" s="10" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B139" s="11" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C139" s="10" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B140" s="11" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="C140" s="10" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B141" s="12" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="C141" s="10" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="142" spans="1:3" ht="15">
       <c r="A142" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B142" s="12" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="C142" s="10" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="14" t="s">
+        <v>155</v>
+      </c>
+      <c r="B143" s="15" t="s">
         <v>156</v>
       </c>
-      <c r="B143" s="15" t="s">
+      <c r="C143" s="14" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B144" s="15" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C144" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B145" s="15" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="C145" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B146" s="16" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C146" s="14" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B147" s="15" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C147" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B148" s="16" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C148" s="14" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B149" s="15" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="C149" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B150" s="16" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="C150" s="14" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B151" s="15" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C151" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B152" s="15" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C152" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B153" s="15" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C153" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B154" s="17" t="s">
+        <v>168</v>
+      </c>
+      <c r="C154" s="14" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B155" s="15" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C155" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B156" s="15" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="C156" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B157" s="15" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C157" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B158" s="15" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="C158" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B159" s="15" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C159" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="160" spans="1:3" ht="15">
       <c r="A160" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B160" s="15" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C160" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B161" s="15" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C161" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B162" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C162" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B163" s="15" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C163" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B164" s="15" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C164" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B165" s="15" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C165" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B166" s="17" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="C166" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B167" s="17" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C167" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B168" s="15" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C168" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B169" s="15" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C169" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B170" s="15" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="C170" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B171" s="15" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C171" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B172" s="15" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="C172" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B173" s="15" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="C173" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B174" s="16" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="C174" s="14" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B175" s="15" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C175" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B176" s="17" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="C176" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B177" s="15" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="C177" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B178" s="15" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C178" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B179" s="15" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C179" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B180" s="15" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="C180" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B181" s="17" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="C181" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B182" s="15" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="C182" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B183" s="15" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="C183" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B184" s="17" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C184" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B185" s="15" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="C185" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B186" s="15" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C186" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B187" s="15" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C187" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B188" s="17" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C188" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B189" s="17" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C189" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B190" s="15" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="C190" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B191" s="16" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C191" s="14" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B192" s="16" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C192" s="14" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B193" s="16" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C193" s="14" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="194" spans="1:3" ht="15">
       <c r="A194" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B194" s="16" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C194" s="14" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B195" s="17" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="C195" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B196" s="17" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="C196" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B197" s="16" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="C197" s="14" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B198" s="16" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C198" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B199" s="17" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="C199" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B200" s="17" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="C200" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B201" s="17" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="C201" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B202" s="17" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="C202" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B203" s="17" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="C203" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B204" s="17" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="C204" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B205" s="17" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="C205" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B206" s="17" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="C206" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B207" s="17" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="C207" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B208" s="17" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="C208" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="209" spans="1:3" ht="15">
       <c r="A209" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B209" s="17" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="C209" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B210" s="17" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="C210" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B211" s="15" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="C211" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B212" s="17" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="C212" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="213" spans="1:3" ht="15">
       <c r="A213" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B213" s="17" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="C213" s="14" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B214" s="17" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="C214" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B215" s="17" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="C215" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B216" s="18" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="C216" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B217" s="17" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="C217" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B218" s="17" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="C218" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B219" s="17" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="C219" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B220" s="17" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="C220" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B221" s="17" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="C221" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B222" s="15" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="C222" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B223" s="17" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="C223" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="14" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B224" s="17" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="C224" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="19" t="s">
+        <v>240</v>
+      </c>
+      <c r="B225" s="20" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="C225" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B226" s="21" t="s">
+        <v>242</v>
+      </c>
+      <c r="C226" s="19" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B227" s="20" t="s">
+        <v>244</v>
+      </c>
+      <c r="C227" s="19" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="228" spans="1:3" ht="15">
       <c r="A228" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B228" s="21" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="C228" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B229" s="20" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="C229" s="19" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B230" s="21" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="C230" s="19" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="231" spans="1:3" ht="15">
       <c r="A231" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B231" s="21" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="C231" s="19" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B232" s="21" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="C232" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B233" s="21" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="C233" s="19" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B234" s="20" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="C234" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B235" s="20" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="C235" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B236" s="21" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="C236" s="19" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B237" s="21" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C237" s="19" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B238" s="20" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="C238" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B239" s="20" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="C239" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B240" s="20" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="C240" s="19" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B241" s="21" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="C241" s="19" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B242" s="21" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="C242" s="19" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B243" s="20" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="C243" s="19" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B244" s="20" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="C244" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B245" s="21" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="C245" s="19" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B246" s="20" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C246" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B247" s="21" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="C247" s="19" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B248" s="21" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="C248" s="19" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B249" s="20" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="C249" s="19" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B250" s="21" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="C250" s="19" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B251" s="20" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="C251" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B252" s="20" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="C252" s="19" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B253" s="20" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="C253" s="19" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B254" s="21" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="C254" s="19" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B255" s="20" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="C255" s="19" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B256" s="20" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="C256" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B257" s="20" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="C257" s="19" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
     </row>
     <row r="258" spans="1:3" ht="15">
       <c r="A258" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B258" s="20" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="C258" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B259" s="21" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="C259" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B260" s="21" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="C260" s="19" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B261" s="20" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="C261" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B262" s="22" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="C262" s="19" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="263" spans="1:3" ht="15">
       <c r="A263" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B263" s="22" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="C263" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B264" s="21" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="C264" s="19" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B265" s="21" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="C265" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B266" s="21" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="C266" s="19" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B267" s="20" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="C267" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B268" s="20" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C268" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B269" s="21" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="C269" s="19" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B270" s="20" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="C270" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="271" spans="1:3" ht="15">
       <c r="A271" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B271" s="20" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="C271" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B272" s="21" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="C272" s="19" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="273" spans="1:3" ht="15">
       <c r="A273" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B273" s="21" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C273" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B274" s="20" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="C274" s="19" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B275" s="21" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="C275" s="19" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B276" s="21" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="C276" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B277" s="20" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="C277" s="19" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B278" s="20" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="C278" s="19" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B279" s="20" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="C279" s="19" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B280" s="20" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="C280" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B281" s="23" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="C281" s="19" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B282" s="20" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="C282" s="19" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B283" s="20" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="C283" s="19" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
     </row>
     <row r="284" spans="1:3" ht="15">
       <c r="A284" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B284" s="20" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="C284" s="19" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B285" s="20" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="C285" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="286" spans="1:3" ht="15">
       <c r="A286" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B286" s="20" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="C286" s="19" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B287" s="20" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="C287" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B288" s="21" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="C288" s="19" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B289" s="20" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="C289" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B290" s="24" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="C290" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="291" spans="1:3" ht="15">
       <c r="A291" s="19" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B291" s="24" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="C291" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="25" t="s">
+        <v>309</v>
+      </c>
+      <c r="B292" s="26" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="C292" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="293" spans="1:3" ht="15">
       <c r="A293" s="25" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="B293" s="26" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="C293" s="25" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="25" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="B294" s="26" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="C294" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="295" spans="1:3" ht="15">
       <c r="A295" s="25" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="B295" s="26" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C295" s="25" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="25" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="B296" s="26" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="C296" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="297" spans="1:3" ht="15">
       <c r="A297" s="25" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="B297" s="26" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="C297" s="25" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="298" spans="1:3" ht="15">
       <c r="A298" s="25" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="B298" s="26" t="s">
+        <v>316</v>
+      </c>
+      <c r="C298" s="25" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="299" spans="1:3" ht="15">
       <c r="A299" s="25" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="B299" s="26" t="s">
+        <v>318</v>
+      </c>
+      <c r="C299" s="25" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="25" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="B300" s="27" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="C300" s="25" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="B301" s="29"/>
     </row>
     <row r="302" spans="1:3">
       <c r="B302" s="29"/>
     </row>
     <row r="303" spans="1:3">
       <c r="B303" s="29"/>
     </row>
     <row r="304" spans="1:3">
       <c r="B304" s="29"/>
     </row>
     <row r="305" spans="2:2">
       <c r="B305" s="29"/>
     </row>
     <row r="306" spans="2:2">
       <c r="B306" s="29"/>
     </row>
     <row r="307" spans="2:2">
       <c r="B307" s="29"/>
@@ -5776,108 +5773,97 @@
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 OFFICIAL </oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...56 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Service Document" ma:contentTypeID="0x010100C50F05A7ED30F54294ADC2B50AFA98D100F5FBC038241A754089FD1FC2EF666F05" ma:contentTypeVersion="20" ma:contentTypeDescription="Custom service document" ma:contentTypeScope="" ma:versionID="eac22f5411acbe35557ef2dc10eff755">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="78a9e8ab-f1c3-4d40-985a-93fd8ee92998" xmlns:ns3="0effdf57-8945-4ab5-a2a1-b358091f1326" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="47cdddf30b03dcbbf7ce56dd2be001ca" ns2:_="" ns3:_="">
     <xsd:import namespace="78a9e8ab-f1c3-4d40-985a-93fd8ee92998"/>
     <xsd:import namespace="0effdf57-8945-4ab5-a2a1-b358091f1326"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:Retention" minOccurs="0"/>
                 <xsd:element ref="ns2:DocumentStatus"/>
                 <xsd:element ref="ns2:IsPublicDocument" minOccurs="0"/>
                 <xsd:element ref="ns2:PublicDocumentUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:DisposalDate" minOccurs="0"/>
                 <xsd:element ref="ns2:ffccade9da8a475ab8f1c108c3e23718" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:kedb2ff0ca1e408a99ab642b77c963a5" minOccurs="0"/>
@@ -6160,118 +6146,129 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...45 lines deleted...]
-</spe:Receivers>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <f36226996675478285decb82353bbd3c xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </f36226996675478285decb82353bbd3c>
+    <DisposalDate xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998" xsi:nil="true"/>
+    <l9b9e22c36cb44fca76c18eb4ce001f3 xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">English</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">748e06bf-4d1a-4a4c-bcd9-5803f35d29e0</TermId>
+        </TermInfo>
+      </Terms>
+    </l9b9e22c36cb44fca76c18eb4ce001f3>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0effdf57-8945-4ab5-a2a1-b358091f1326">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <PublicDocumentUrl xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Url>https://api.warwickshire.gov.uk/documents/WCCC-1642278725-7233</Url>
+      <Description>Link</Description>
+    </PublicDocumentUrl>
+    <DocumentStatus xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">Active</DocumentStatus>
+    <gfbd317b6d45488ba6923c9499396db1 xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </gfbd317b6d45488ba6923c9499396db1>
+    <m6f1b19d255b4c43ac68d7531f76a7f7 xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Public</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">d3c6ebfc-cc52-4ccb-bc46-feaefa0989f8</TermId>
+        </TermInfo>
+      </Terms>
+    </m6f1b19d255b4c43ac68d7531f76a7f7>
+    <kedb2ff0ca1e408a99ab642b77c963a5 xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Standard</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">960ba701-3380-41b5-9bb0-3b6b58c1499e</TermId>
+        </TermInfo>
+      </Terms>
+    </kedb2ff0ca1e408a99ab642b77c963a5>
+    <ffccade9da8a475ab8f1c108c3e23718 xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </ffccade9da8a475ab8f1c108c3e23718>
+    <IsPublicDocument xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">true</IsPublicDocument>
+    <Retention xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">2</Retention>
+    <TaxCatchAll xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Value>5</Value>
+      <Value>3</Value>
+      <Value>1</Value>
+    </TaxCatchAll>
+    <_dlc_DocId xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">WCCC-1642278725-7233</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="78a9e8ab-f1c3-4d40-985a-93fd8ee92998">
+      <Url>https://warwickshiregovuk.sharepoint.com/sites/edrm-CSC/_layouts/15/DocIdRedir.aspx?ID=WCCC-1642278725-7233</Url>
+      <Description>WCCC-1642278725-7233</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7953FEBA-7755-4C2F-A129-74FCC294D7CA}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E98744D-2777-4E08-9D76-01BF487D7DC2}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED7F4FE8-28DF-4F34-BDF6-12989713E7CB}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E98744D-2777-4E08-9D76-01BF487D7DC2}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7953FEBA-7755-4C2F-A129-74FCC294D7CA}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E2C64DBB-2C21-46FB-8877-EBC24141C5C4}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company>Warwickshire County Council</Company>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Michelle Warren</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>