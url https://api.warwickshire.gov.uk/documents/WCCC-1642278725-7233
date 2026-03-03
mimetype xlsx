--- v3 (2026-02-11)
+++ v4 (2026-03-03)
@@ -2,180 +2,195 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29711"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29728"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="300" documentId="8_{84F92A74-A41A-4731-8E8B-6D176B186724}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3C60F69A-37D3-40A8-AC2C-F7A7B6D80651}"/>
+  <xr:revisionPtr revIDLastSave="459" documentId="8_{84F92A74-A41A-4731-8E8B-6D176B186724}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E8E68E9B-70CD-4D8E-BAAD-E9231016CF04}"/>
   <bookViews>
     <workbookView xWindow="40920" yWindow="-105" windowWidth="29040" windowHeight="15720" xr2:uid="{C9B1941D-FE75-43C9-B33E-811122B7FC4A}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="895" uniqueCount="321">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="967" uniqueCount="347">
   <si>
     <t xml:space="preserve">Please review the list to find out who your allocated Early Support Officer is.   Settings are in alphabatical order within districts. </t>
   </si>
   <si>
     <t xml:space="preserve">District </t>
   </si>
   <si>
     <t>Setting</t>
   </si>
   <si>
     <t>Early Support Officer</t>
   </si>
   <si>
     <t>North Warwickshire</t>
   </si>
   <si>
+    <t>Acorn Nursery</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Celeste Watkins </t>
+  </si>
+  <si>
     <t>Arc School Ansley</t>
   </si>
   <si>
     <t>Hayley Starkey</t>
   </si>
   <si>
     <t xml:space="preserve">Arley Primary </t>
   </si>
   <si>
-    <t xml:space="preserve">Celeste Watkins </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Atherstone Nursery School </t>
   </si>
   <si>
     <t xml:space="preserve">Austrey CofE Primary School </t>
   </si>
   <si>
     <t>Birchwood Primary School</t>
   </si>
   <si>
     <t xml:space="preserve">Bishop Walsh Catholic School </t>
   </si>
   <si>
     <t xml:space="preserve">Bournebrook Primary </t>
   </si>
   <si>
     <t xml:space="preserve">Coleshill Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Curdworth Primary </t>
   </si>
   <si>
     <t xml:space="preserve">Dordon Primary School </t>
   </si>
   <si>
+    <t>Hartshill Academy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Laura Baldwin </t>
+  </si>
+  <si>
     <t xml:space="preserve">High Meadow Community School </t>
   </si>
   <si>
     <t xml:space="preserve">Hurley Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Jelly Beans Nursey </t>
   </si>
   <si>
     <t xml:space="preserve">Kingsbury Primary  School </t>
   </si>
   <si>
     <t xml:space="preserve">Kingsbury Secondary School </t>
   </si>
   <si>
+    <t>Little Stars Nursery</t>
+  </si>
+  <si>
+    <t>Michael Drayton Junior School</t>
+  </si>
+  <si>
     <t xml:space="preserve">Mill House School </t>
   </si>
   <si>
+    <t xml:space="preserve">Nathaniel Newton Infant School </t>
+  </si>
+  <si>
     <t xml:space="preserve">Nethersole C of E Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Newton Regis CofE Primary School </t>
   </si>
   <si>
-    <t xml:space="preserve">Newton Regis Primary School </t>
-[...1 lines deleted...]
-  <si>
     <t>North Warwickshire Health Visiting Team</t>
   </si>
   <si>
     <t>North Warwickshire &amp; South Leicestershire College</t>
   </si>
   <si>
-    <t xml:space="preserve">Laura Baldwin </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Outwoods Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Racemeadow Primary School </t>
   </si>
   <si>
+    <t>Shrubbery School</t>
+  </si>
+  <si>
     <t xml:space="preserve">Shustoke Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">South Staffordshire College </t>
   </si>
   <si>
     <t xml:space="preserve">St Benedict's Catholic Academy </t>
   </si>
   <si>
     <t xml:space="preserve">St Edward's Catholic Primary &amp; Nursery School </t>
   </si>
   <si>
     <t xml:space="preserve">The Coleshill Secondary School </t>
   </si>
   <si>
     <t xml:space="preserve">The Polesworth School </t>
   </si>
   <si>
     <t>The Queen Elizabeth Academy</t>
   </si>
   <si>
     <t xml:space="preserve">The Secret Garden School </t>
   </si>
   <si>
     <t>Tiny Treasures Nursery</t>
@@ -252,74 +267,65 @@
   <si>
     <t xml:space="preserve">Exhall Grange Specialist School </t>
   </si>
   <si>
     <t>Exhall Junior School</t>
   </si>
   <si>
     <t xml:space="preserve">Galley Common Infants </t>
   </si>
   <si>
     <t xml:space="preserve">George Elliot Academy </t>
   </si>
   <si>
     <t>Glendale Infant School</t>
   </si>
   <si>
     <t xml:space="preserve">Goodyears End Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Green Leek </t>
   </si>
   <si>
     <t xml:space="preserve">Stephen McGarvey </t>
   </si>
   <si>
-    <t>Hartshill Academy</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Higham Lane School </t>
   </si>
   <si>
     <t>Kerseley Newland Primary Academy</t>
   </si>
   <si>
     <t>Little Learners Day Nursery</t>
   </si>
   <si>
     <t>Lower Farm Academy</t>
   </si>
   <si>
-    <t>Michael Drayton Junior School</t>
-[...1 lines deleted...]
-  <si>
     <t>Middlemarch School</t>
   </si>
   <si>
-    <t xml:space="preserve">Nathaniel Newton Infant School </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Newdigate Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Nicholas Chamberlaine School </t>
   </si>
   <si>
     <t xml:space="preserve">Nursery Hill Primary School </t>
   </si>
   <si>
     <t>Oakwood Primary School</t>
   </si>
   <si>
     <t>Oakwood Secondary School</t>
   </si>
   <si>
     <t xml:space="preserve">Our Lady and St Joseph Catholic Academy </t>
   </si>
   <si>
     <t>Park Lane Primary School</t>
   </si>
   <si>
     <t>Queens CofE Academy</t>
   </si>
   <si>
     <t xml:space="preserve">Race Leys Infant School </t>
@@ -327,53 +333,59 @@
   <si>
     <t xml:space="preserve">Race Leys Junior School </t>
   </si>
   <si>
     <t>St Anne's Catholic Academy</t>
   </si>
   <si>
     <t xml:space="preserve">St Francis Catholic Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">St James C of E Academy </t>
   </si>
   <si>
     <t xml:space="preserve">St Micheals C of E Academy </t>
   </si>
   <si>
     <t xml:space="preserve">St Nicholas CofE Academy </t>
   </si>
   <si>
     <t>St Paul's C of E Primary School</t>
   </si>
   <si>
     <t xml:space="preserve">St Thomas Moore Catholic School </t>
   </si>
   <si>
+    <t>Stepping Stones Nursery</t>
+  </si>
+  <si>
     <t>Stockingford Academy</t>
   </si>
   <si>
+    <t>Stockingford Nursery School</t>
+  </si>
+  <si>
     <t xml:space="preserve">The Canons C.E Primary School </t>
   </si>
   <si>
     <t>The Nuneaton Academy</t>
   </si>
   <si>
     <t xml:space="preserve">The Warwickshire Academy </t>
   </si>
   <si>
     <t xml:space="preserve">Tiny Treasures Nursery </t>
   </si>
   <si>
     <t>Weddington Primary School</t>
   </si>
   <si>
     <t>Wembrook Primary School</t>
   </si>
   <si>
     <t xml:space="preserve">Wheelwright Lane Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Rugby </t>
   </si>
   <si>
     <t>Abbots Farm Infant School</t>
@@ -456,50 +468,56 @@
   <si>
     <t>Knightlow C of E Primary School </t>
   </si>
   <si>
     <t>Lawrence Sherriff School</t>
   </si>
   <si>
     <t>Leamington Hastings Church of England Academy</t>
   </si>
   <si>
     <t>Long Lawford Primary School</t>
   </si>
   <si>
     <t xml:space="preserve">Northlands Primary School </t>
   </si>
   <si>
     <t>Oakfield Primary Academy</t>
   </si>
   <si>
     <t xml:space="preserve">Our ladys Catholic Primary School Princethorpe </t>
   </si>
   <si>
     <t>Paddox Primary School</t>
   </si>
   <si>
+    <t>Princethorpe College</t>
+  </si>
+  <si>
+    <t>Carly Sherrington</t>
+  </si>
+  <si>
     <t>Provost Williams C of E Primary School</t>
   </si>
   <si>
     <t>Quest Academy</t>
   </si>
   <si>
     <t>Riverside Academy</t>
   </si>
   <si>
     <t>Rokeby Primary School</t>
   </si>
   <si>
     <t>Rugby Free Primary School</t>
   </si>
   <si>
     <t>Rugby Free Secondary School</t>
   </si>
   <si>
     <t>Rugby High School</t>
   </si>
   <si>
     <t>St. Andrew’s Benn C of E Primary School</t>
   </si>
   <si>
     <t>St Gabriel's C of E Academy</t>
@@ -516,170 +534,197 @@
   <si>
     <t>The Avon Valley School and Performing Arts College</t>
   </si>
   <si>
     <t>The Haven School Wolston</t>
   </si>
   <si>
     <t>Wolston CofE Primary School</t>
   </si>
   <si>
     <t>Wolvey Primary School</t>
   </si>
   <si>
     <t xml:space="preserve">Stratford </t>
   </si>
   <si>
     <t>Alcester Academy</t>
   </si>
   <si>
     <t xml:space="preserve">Kat Blackford </t>
   </si>
   <si>
     <t xml:space="preserve">Alcester Grammar School </t>
   </si>
   <si>
+    <t>Alcester Nursery Studio</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sophie Myers </t>
+  </si>
+  <si>
     <t xml:space="preserve">Alveston Primary school </t>
   </si>
   <si>
     <t>Ashbourne Day Nursery (Pebworth &amp; Southam)</t>
   </si>
   <si>
     <t>Bidford on Avon CofE Primary</t>
   </si>
   <si>
     <t xml:space="preserve">Bishops Itchington Primary School </t>
   </si>
   <si>
     <t>Bishopton Primary</t>
   </si>
   <si>
     <t>Bizzy tots nursery (Long itchington)</t>
   </si>
   <si>
     <t xml:space="preserve">Brailes CE Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Bridgetown Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Broad Street Cygnets </t>
   </si>
   <si>
+    <t>Caring Kindergartens Nursery</t>
+  </si>
+  <si>
     <t xml:space="preserve">Claverdon Primary School </t>
   </si>
   <si>
-    <t xml:space="preserve">Sophie Myers </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Clopton Nursery </t>
   </si>
   <si>
     <t xml:space="preserve">Coughton CofE Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Dunnington Primary </t>
   </si>
   <si>
     <t xml:space="preserve">Ettington Primary </t>
   </si>
   <si>
     <t>Footsteps Nursery and Pre- school</t>
   </si>
   <si>
     <t>Fortitude School</t>
   </si>
   <si>
     <t xml:space="preserve">Fosse Multi Academy Trust </t>
   </si>
   <si>
+    <t>Freshfields Nursery</t>
+  </si>
+  <si>
     <t xml:space="preserve">Great Alne Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Hampton Lucy Primary </t>
   </si>
   <si>
     <t>Harbury CofE Primary School</t>
   </si>
   <si>
     <t xml:space="preserve">Heart of England Forest </t>
   </si>
   <si>
     <t xml:space="preserve">Henley in Arden Primary </t>
   </si>
   <si>
+    <t>Henley in Arden Primary Nursery</t>
+  </si>
+  <si>
     <t>Henley in Arden School ( Secondary)</t>
   </si>
   <si>
+    <t>Henley Montessori Nursery</t>
+  </si>
+  <si>
     <t xml:space="preserve">Holy Trinity Cof E Primary School </t>
   </si>
   <si>
     <t>Kineton High School</t>
   </si>
   <si>
     <t>Kineton Primary school</t>
   </si>
   <si>
     <t xml:space="preserve">King Edward V1 (KES) </t>
   </si>
   <si>
     <t>Lighthorne Health Priamry School</t>
   </si>
   <si>
     <t xml:space="preserve">Little Gregs pre school </t>
   </si>
   <si>
+    <t>Little Nutkins Nursery</t>
+  </si>
+  <si>
+    <t>Little Oaks Pre School</t>
+  </si>
+  <si>
     <t xml:space="preserve">Long Itchington Primary School </t>
   </si>
   <si>
     <t>Loxley CE Primary School</t>
   </si>
   <si>
     <t xml:space="preserve">Mappleborough Green Primary School </t>
   </si>
   <si>
+    <t>Monkey Puzzle Day Nursery</t>
+  </si>
+  <si>
     <t xml:space="preserve">Moreton Morrell College </t>
   </si>
   <si>
     <t>New Meaning</t>
   </si>
   <si>
     <t xml:space="preserve">Newbold &amp; Treddington CofE Primary School </t>
   </si>
   <si>
     <t>Nu Logic</t>
   </si>
   <si>
     <t>Our Ladys' Catholic Primary</t>
   </si>
   <si>
     <t xml:space="preserve">Quinton Cygnets </t>
   </si>
   <si>
     <t>Quinton Primary</t>
   </si>
   <si>
+    <t>RSC Nursery</t>
+  </si>
+  <si>
     <t xml:space="preserve">Salford Priors CofE Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Shipston High School </t>
   </si>
   <si>
     <t xml:space="preserve">Shipston Pre school </t>
   </si>
   <si>
     <t xml:space="preserve">Shipston Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Shottery St Andrews Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Sibford School </t>
   </si>
   <si>
     <t xml:space="preserve">Snitterfield Primary </t>
   </si>
   <si>
     <t>Southam College</t>
   </si>
   <si>
     <t>Southam Primary School</t>
@@ -693,132 +738,150 @@
   <si>
     <t xml:space="preserve">St Benedicts Catholic High School </t>
   </si>
   <si>
     <t xml:space="preserve">St Gregory's Catholic </t>
   </si>
   <si>
     <t>St Lawerence Primary School</t>
   </si>
   <si>
     <t xml:space="preserve">St Marys Catholic Primary School Southam </t>
   </si>
   <si>
     <t xml:space="preserve">St Mary's Primary School Henley in Arden </t>
   </si>
   <si>
     <t>St Nicholas CofE Alcester Primary</t>
   </si>
   <si>
     <t>Stratford College</t>
   </si>
   <si>
     <t xml:space="preserve">Stratford Girls Grammar School </t>
   </si>
   <si>
+    <t>Stratford Prep Nursery</t>
+  </si>
+  <si>
     <t xml:space="preserve">Stratford Primary </t>
   </si>
   <si>
     <t>Stratford Upon Avon School</t>
   </si>
   <si>
+    <t>Studley Bright Kids</t>
+  </si>
+  <si>
     <t>Studley High School</t>
   </si>
   <si>
     <t>Studley Infants</t>
   </si>
   <si>
+    <t>Studley Infants Nursery</t>
+  </si>
+  <si>
+    <t>Studley Sneakers Nursery</t>
+  </si>
+  <si>
     <t>Studley St Marys Academy</t>
   </si>
   <si>
     <t>Studley St. Mary’s Church of England Academy</t>
   </si>
   <si>
     <t xml:space="preserve">Tanworth in Arden CofE  Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Temple Grafton CofE Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Temple Herdewyke Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">The Croft School </t>
   </si>
   <si>
+    <t>The Old Station Nursery</t>
+  </si>
+  <si>
     <t>The Priors Primary School</t>
   </si>
   <si>
     <t>Thomas Jolyffe Primary School</t>
   </si>
   <si>
-    <t xml:space="preserve">Tudor Grange Primary Academy Haselor </t>
+    <t>Tudor Grange Primary Academy and Nursery Haselor</t>
   </si>
   <si>
     <t>Tudor Grange Primary Academy Meon Vale</t>
   </si>
   <si>
+    <t>Tysoe Primary School</t>
+  </si>
+  <si>
     <t xml:space="preserve">Venture Academy </t>
   </si>
   <si>
     <t>VLC Shottery</t>
   </si>
   <si>
     <t xml:space="preserve">Walkwood Middle School </t>
   </si>
   <si>
     <t xml:space="preserve">Welcombe Hills School </t>
   </si>
   <si>
     <t xml:space="preserve">Welford on Avon Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Wellesbourne CE Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Wilmcote CofE Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Wooton Wawen CofE Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Warwick </t>
   </si>
   <si>
     <t xml:space="preserve">All Saints CofE Junior School </t>
   </si>
   <si>
     <t>Arnold Lodge</t>
   </si>
   <si>
     <t>Carly Sherington</t>
   </si>
   <si>
     <t xml:space="preserve">Aylesford School </t>
   </si>
   <si>
-    <t>Mel Walden</t>
+    <t>Dan Poultney</t>
   </si>
   <si>
     <t xml:space="preserve">Barford St Peters Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Bishops Tatchbrook CofE Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Briar Hill Infant School </t>
   </si>
   <si>
     <t>Brickyard Barn Outdoor Learning Centre</t>
   </si>
   <si>
     <t xml:space="preserve">Brookhurst Primary School </t>
   </si>
   <si>
     <t>Brunswick Hub</t>
   </si>
   <si>
     <t xml:space="preserve">Budbrooke Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">Burton Green CofE Academy </t>
   </si>
@@ -879,53 +942,50 @@
   <si>
     <t>Milverton Primary</t>
   </si>
   <si>
     <t xml:space="preserve">Myton School </t>
   </si>
   <si>
     <t xml:space="preserve">Newburgh Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">North Leamington School </t>
   </si>
   <si>
     <t>Northleigh Secondary School</t>
   </si>
   <si>
     <t xml:space="preserve">Oakley School </t>
   </si>
   <si>
     <t xml:space="preserve">Our Lady and St Theresa </t>
   </si>
   <si>
     <t xml:space="preserve">Park Hill Junior School </t>
   </si>
   <si>
-    <t xml:space="preserve">Princethorpe College </t>
-[...1 lines deleted...]
-  <si>
     <t>Priors Field Primary School</t>
   </si>
   <si>
     <t>Radford Semele Primary</t>
   </si>
   <si>
     <t xml:space="preserve">Shrubland Street Community Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">St Anthony's Catholic Primary School </t>
   </si>
   <si>
     <t xml:space="preserve">St Augustine's Catholic Primary School </t>
   </si>
   <si>
     <t>St Johns Primary School</t>
   </si>
   <si>
     <t xml:space="preserve">St Josephs Catholic Primary School </t>
   </si>
   <si>
     <t>St Mary Immaculate Catholic Primary School</t>
   </si>
   <si>
     <t>St Nicholas C of E Community Primary School</t>
@@ -987,63 +1047,81 @@
   <si>
     <t>Wren Day Nursery</t>
   </si>
   <si>
     <t xml:space="preserve">Other </t>
   </si>
   <si>
     <t>Caring Together Warwickshire</t>
   </si>
   <si>
     <t>Clovelly House School</t>
   </si>
   <si>
     <t xml:space="preserve">Coventry College </t>
   </si>
   <si>
     <t>Dovetree School</t>
   </si>
   <si>
     <t>Educ8</t>
   </si>
   <si>
     <t>Green Leek</t>
   </si>
   <si>
+    <t>Hockley Heath Primary Academy</t>
+  </si>
+  <si>
     <t>Honeybourne Primary School</t>
   </si>
   <si>
     <t>Sophie Myers</t>
   </si>
   <si>
+    <t>Lichfield Cathedral School</t>
+  </si>
+  <si>
+    <t>Celeste Watkins</t>
+  </si>
+  <si>
     <t>Meadow View Farm School</t>
   </si>
   <si>
     <t>Kate Dyson</t>
   </si>
   <si>
     <t>Next Gen</t>
+  </si>
+  <si>
+    <t>Quorn Hall School</t>
+  </si>
+  <si>
+    <t>Sibford School</t>
+  </si>
+  <si>
+    <t>Swan Lane First School</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
@@ -1661,3460 +1739,3652 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mosaic.in.wcc/mosaic/organisation/displayOrganisationAction.do?id=260202" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{89BD4F2F-1E5F-4D0A-A0E7-4B4B5E2AD149}">
-  <dimension ref="A1:C563"/>
+  <dimension ref="A1:C595"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="142" zoomScaleNormal="142" workbookViewId="0">
-      <selection activeCell="A42" sqref="A42"/>
+    <sheetView tabSelected="1" topLeftCell="A218" zoomScale="142" zoomScaleNormal="142" workbookViewId="0">
+      <selection activeCell="B239" sqref="B239"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="1" width="24.5703125" style="28" customWidth="1"/>
     <col min="2" max="2" width="69.5703125" style="30" customWidth="1"/>
     <col min="3" max="3" width="48.28515625" style="28" customWidth="1"/>
     <col min="4" max="4" width="16" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="28.5" customHeight="1">
       <c r="A1" s="31" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="32"/>
       <c r="C1" s="33"/>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="34"/>
       <c r="B2" s="35"/>
       <c r="C2" s="36"/>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="4" spans="1:3">
-      <c r="A4" s="2" t="s">
+    <row r="4" spans="1:3" ht="15">
+      <c r="A4" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="B4" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="C4" s="2" t="s">
+      <c r="C4" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="4" t="s">
+      <c r="B5" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B11" s="3" t="s">
+      <c r="B11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:3">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" ht="15">
       <c r="A15" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:3">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" ht="15">
       <c r="A21" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B21" s="4" t="s">
-        <v>24</v>
+      <c r="B21" s="3" t="s">
+        <v>25</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:3">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" ht="15">
       <c r="A22" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:3" ht="15">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
       <c r="A23" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:3">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" ht="15">
       <c r="A24" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B24" s="5" t="s">
-        <v>27</v>
+      <c r="B24" s="3" t="s">
+        <v>28</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B26" s="3" t="s">
+      <c r="B26" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:3">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" ht="15">
       <c r="A27" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B28" s="3" t="s">
+      <c r="B28" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="31" spans="1:3">
+    <row r="31" spans="1:3" ht="15">
       <c r="A31" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:3" ht="15">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
       <c r="A35" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:3" ht="15">
       <c r="A40" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:3">
-      <c r="A42" s="6" t="s">
+      <c r="A42" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B42" s="7" t="s">
+      <c r="C42" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="C42" s="6" t="s">
-[...7 lines deleted...]
-      <c r="B43" s="8" t="s">
+      <c r="C43" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="C43" s="6" t="s">
+      <c r="C44" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3" ht="15">
+      <c r="A45" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>49</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B44" s="8" t="s">
+      <c r="C45" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="C44" s="6" t="s">
-[...22 lines deleted...]
-        <v>28</v>
+      <c r="C46" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="6" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>51</v>
+      </c>
+      <c r="B47" s="7" t="s">
+        <v>52</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="6" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B48" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="C48" s="6" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B49" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B49" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C49" s="6" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="6" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B50" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C50" s="6" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="51" spans="1:3" ht="15">
       <c r="A51" s="6" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="6" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>51</v>
+      </c>
+      <c r="B52" s="8" t="s">
+        <v>58</v>
       </c>
       <c r="C52" s="6" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="6" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>51</v>
+      </c>
+      <c r="B53" s="8" t="s">
+        <v>59</v>
       </c>
       <c r="C53" s="6" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="6" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>61</v>
+        <v>51</v>
+      </c>
+      <c r="B54" s="7" t="s">
+        <v>60</v>
       </c>
       <c r="C54" s="6" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="6" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B55" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C55" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="C55" s="6" t="s">
-[...3 lines deleted...]
-    <row r="56" spans="1:3">
+    </row>
+    <row r="56" spans="1:3" ht="15">
       <c r="A56" s="6" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B56" s="8" t="s">
         <v>63</v>
       </c>
       <c r="C56" s="6" t="s">
-        <v>49</v>
+        <v>8</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B57" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B57" s="7" t="s">
         <v>64</v>
       </c>
       <c r="C57" s="6" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="6" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B58" s="7" t="s">
         <v>65</v>
       </c>
       <c r="C58" s="6" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B59" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B59" s="8" t="s">
         <v>66</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B60" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B60" s="8" t="s">
         <v>67</v>
       </c>
       <c r="C60" s="6" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="6" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B61" s="8" t="s">
         <v>68</v>
       </c>
       <c r="C61" s="6" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B62" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B62" s="8" t="s">
         <v>69</v>
       </c>
       <c r="C62" s="6" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="6" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B63" s="7" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="C63" s="6" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="6" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>51</v>
+      </c>
+      <c r="B64" s="7" t="s">
+        <v>71</v>
       </c>
       <c r="C64" s="6" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="6" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B65" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C65" s="6" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B66" s="8" t="s">
         <v>73</v>
       </c>
-      <c r="C65" s="6" t="s">
-[...7 lines deleted...]
-      <c r="B66" s="9" t="s">
+      <c r="C66" s="6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B67" s="9" t="s">
         <v>74</v>
       </c>
-      <c r="C66" s="6" t="s">
-[...7 lines deleted...]
-      <c r="B67" s="9" t="s">
+      <c r="C67" s="6" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B68" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B68" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C68" s="6" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B69" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B69" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C69" s="6" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:3">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3" ht="15">
       <c r="A70" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B70" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B70" s="9" t="s">
         <v>78</v>
       </c>
       <c r="C70" s="6" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:3">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3" ht="15">
       <c r="A71" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B71" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B71" s="9" t="s">
         <v>79</v>
       </c>
       <c r="C71" s="6" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="6" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B72" s="8" t="s">
         <v>80</v>
       </c>
       <c r="C72" s="6" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:3">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3" ht="15">
       <c r="A73" s="6" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B73" s="8" t="s">
         <v>81</v>
       </c>
       <c r="C73" s="6" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:3" ht="15">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
       <c r="A74" s="6" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B74" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C74" s="6" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:3" ht="15">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
       <c r="A75" s="6" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B75" s="8" t="s">
         <v>83</v>
       </c>
       <c r="C75" s="6" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:3">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3" ht="15">
       <c r="A76" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B76" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B76" s="8" t="s">
         <v>84</v>
       </c>
       <c r="C76" s="6" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
     </row>
     <row r="77" spans="1:3" ht="15">
       <c r="A77" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B77" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B77" s="8" t="s">
         <v>85</v>
       </c>
       <c r="C77" s="6" t="s">
-        <v>28</v>
+        <v>62</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B78" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B78" s="7" t="s">
         <v>86</v>
       </c>
       <c r="C78" s="6" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:3">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3" ht="15">
       <c r="A79" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B79" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B79" s="7" t="s">
         <v>87</v>
       </c>
       <c r="C79" s="6" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="6" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B80" s="8" t="s">
         <v>88</v>
       </c>
       <c r="C80" s="6" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B81" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B81" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C81" s="6" t="s">
-        <v>28</v>
+        <v>62</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="6" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B82" s="8" t="s">
         <v>90</v>
       </c>
       <c r="C82" s="6" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B83" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B83" s="7" t="s">
         <v>91</v>
       </c>
       <c r="C83" s="6" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="6" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B84" s="8" t="s">
         <v>92</v>
       </c>
       <c r="C84" s="6" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B85" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B85" s="8" t="s">
         <v>93</v>
       </c>
       <c r="C85" s="6" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B86" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B86" s="8" t="s">
         <v>94</v>
       </c>
       <c r="C86" s="6" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B87" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B87" s="9" t="s">
         <v>95</v>
       </c>
       <c r="C87" s="6" t="s">
-        <v>57</v>
+        <v>8</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="6" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B88" s="7" t="s">
         <v>96</v>
       </c>
       <c r="C88" s="6" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="6" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B89" s="8" t="s">
         <v>97</v>
       </c>
       <c r="C89" s="6" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:3">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3" ht="15">
       <c r="A90" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B90" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B90" s="8" t="s">
         <v>98</v>
       </c>
       <c r="C90" s="6" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B91" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B91" s="7" t="s">
         <v>99</v>
       </c>
       <c r="C91" s="6" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:3">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3" ht="15">
       <c r="A92" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B92" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B92" s="7" t="s">
         <v>100</v>
       </c>
       <c r="C92" s="6" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="6" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B93" s="8" t="s">
         <v>101</v>
       </c>
       <c r="C93" s="6" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="6" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B94" s="7" t="s">
         <v>102</v>
       </c>
       <c r="C94" s="6" t="s">
-        <v>28</v>
+        <v>62</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="6" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B95" s="8" t="s">
         <v>103</v>
       </c>
       <c r="C95" s="6" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="96" spans="1:3">
-      <c r="A96" s="10" t="s">
+      <c r="A96" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B96" s="8" t="s">
         <v>104</v>
       </c>
-      <c r="B96" s="11" t="s">
+      <c r="C96" s="6" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B97" s="8" t="s">
         <v>105</v>
       </c>
-      <c r="C96" s="10" t="s">
+      <c r="C97" s="6" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B98" s="7" t="s">
         <v>106</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B97" s="11" t="s">
+      <c r="C98" s="6" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B99" s="8" t="s">
         <v>107</v>
       </c>
-      <c r="C97" s="10" t="s">
-[...22 lines deleted...]
-        <v>110</v>
+      <c r="C99" s="6" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="10" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <v>108</v>
+      </c>
+      <c r="B100" s="11" t="s">
+        <v>109</v>
       </c>
       <c r="C100" s="10" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="10" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>108</v>
+      </c>
+      <c r="B101" s="11" t="s">
+        <v>111</v>
       </c>
       <c r="C101" s="10" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="10" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>108</v>
+      </c>
+      <c r="B102" s="11" t="s">
+        <v>112</v>
       </c>
       <c r="C102" s="10" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="10" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B103" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="B103" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="C103" s="10" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="10" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>108</v>
+      </c>
+      <c r="B104" s="12" t="s">
+        <v>115</v>
       </c>
       <c r="C104" s="10" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="10" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>108</v>
+      </c>
+      <c r="B105" s="12" t="s">
+        <v>116</v>
       </c>
       <c r="C105" s="10" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="10" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>108</v>
+      </c>
+      <c r="B106" s="12" t="s">
+        <v>117</v>
       </c>
       <c r="C106" s="10" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="10" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B107" s="12" t="s">
+        <v>108</v>
+      </c>
+      <c r="B107" s="11" t="s">
+        <v>118</v>
+      </c>
+      <c r="C107" s="10" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="10" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B108" s="12" t="s">
+        <v>108</v>
+      </c>
+      <c r="B108" s="11" t="s">
         <v>120</v>
       </c>
       <c r="C108" s="10" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:3" ht="15">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
       <c r="A109" s="10" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B109" s="12" t="s">
+        <v>108</v>
+      </c>
+      <c r="B109" s="13" t="s">
         <v>121</v>
       </c>
       <c r="C109" s="10" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="10" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B110" s="11" t="s">
         <v>122</v>
       </c>
       <c r="C110" s="10" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="10" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B111" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="B111" s="12" t="s">
         <v>123</v>
       </c>
       <c r="C111" s="10" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:3" ht="15">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
       <c r="A112" s="10" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B112" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="B112" s="12" t="s">
         <v>124</v>
       </c>
       <c r="C112" s="10" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:3">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3" ht="15">
       <c r="A113" s="10" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B113" s="13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B113" s="12" t="s">
         <v>125</v>
       </c>
       <c r="C113" s="10" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="10" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B114" s="12" t="s">
+        <v>108</v>
+      </c>
+      <c r="B114" s="11" t="s">
         <v>126</v>
       </c>
       <c r="C114" s="10" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:3" ht="15">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
       <c r="A115" s="10" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B115" s="12" t="s">
+        <v>108</v>
+      </c>
+      <c r="B115" s="11" t="s">
         <v>127</v>
       </c>
       <c r="C115" s="10" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:3">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3" ht="15">
       <c r="A116" s="10" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B116" s="11" t="s">
         <v>128</v>
       </c>
       <c r="C116" s="10" t="s">
-        <v>106</v>
+        <v>119</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="10" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B117" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="B117" s="13" t="s">
         <v>129</v>
       </c>
       <c r="C117" s="10" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:3" ht="15">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
       <c r="A118" s="10" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B118" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="B118" s="12" t="s">
         <v>130</v>
       </c>
       <c r="C118" s="10" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:3">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3" ht="15">
       <c r="A119" s="10" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B119" s="12" t="s">
         <v>131</v>
       </c>
       <c r="C119" s="10" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="10" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B120" s="13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B120" s="11" t="s">
         <v>132</v>
       </c>
       <c r="C120" s="10" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="10" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B121" s="12" t="s">
+        <v>108</v>
+      </c>
+      <c r="B121" s="11" t="s">
         <v>133</v>
       </c>
       <c r="C121" s="10" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:3">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3" ht="15">
       <c r="A122" s="10" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B122" s="13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B122" s="11" t="s">
         <v>134</v>
       </c>
       <c r="C122" s="10" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="10" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B123" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="B123" s="12" t="s">
         <v>135</v>
       </c>
       <c r="C123" s="10" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="10" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B124" s="13" t="s">
         <v>136</v>
       </c>
       <c r="C124" s="10" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="10" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B125" s="12" t="s">
         <v>137</v>
       </c>
       <c r="C125" s="10" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="10" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B126" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="B126" s="13" t="s">
         <v>138</v>
       </c>
       <c r="C126" s="10" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:3" ht="15">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
       <c r="A127" s="10" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B127" s="11" t="s">
         <v>139</v>
       </c>
       <c r="C127" s="10" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="10" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B128" s="13" t="s">
         <v>140</v>
       </c>
       <c r="C128" s="10" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:3" ht="15">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
       <c r="A129" s="10" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B129" s="13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B129" s="12" t="s">
         <v>141</v>
       </c>
       <c r="C129" s="10" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="10" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B130" s="13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B130" s="11" t="s">
         <v>142</v>
       </c>
       <c r="C130" s="10" t="s">
-        <v>106</v>
+        <v>119</v>
       </c>
     </row>
     <row r="131" spans="1:3" ht="15">
       <c r="A131" s="10" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B131" s="13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B131" s="11" t="s">
         <v>143</v>
       </c>
       <c r="C131" s="10" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:3">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3" ht="15">
       <c r="A132" s="10" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>108</v>
+      </c>
+      <c r="B132" s="11" t="s">
+        <v>145</v>
       </c>
       <c r="C132" s="10" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="10" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B133" s="13" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C133" s="10" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:3">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3" ht="15">
       <c r="A134" s="10" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B134" s="13" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C134" s="10" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:3" ht="15">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
       <c r="A135" s="10" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B135" s="13" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C135" s="10" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:3">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3" ht="15">
       <c r="A136" s="10" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B136" s="13" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C136" s="10" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="10" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B137" s="13" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C137" s="10" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="10" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B138" s="13" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C138" s="10" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="10" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>151</v>
+        <v>108</v>
+      </c>
+      <c r="B139" s="13" t="s">
+        <v>152</v>
       </c>
       <c r="C139" s="10" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:3">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3" ht="15">
       <c r="A140" s="10" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>108</v>
+      </c>
+      <c r="B140" s="13" t="s">
+        <v>153</v>
       </c>
       <c r="C140" s="10" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="10" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>153</v>
+        <v>108</v>
+      </c>
+      <c r="B141" s="13" t="s">
+        <v>154</v>
       </c>
       <c r="C141" s="10" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="B142" s="13" t="s">
+        <v>155</v>
+      </c>
+      <c r="C142" s="10" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="142" spans="1:3" ht="15">
-[...9 lines deleted...]
-    </row>
     <row r="143" spans="1:3">
-      <c r="A143" s="14" t="s">
-[...2 lines deleted...]
-      <c r="B143" s="15" t="s">
+      <c r="A143" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="B143" s="13" t="s">
         <v>156</v>
       </c>
-      <c r="C143" s="14" t="s">
+      <c r="C143" s="10" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="B144" s="11" t="s">
         <v>157</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B144" s="15" t="s">
+      <c r="C144" s="10" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="B145" s="11" t="s">
         <v>158</v>
       </c>
-      <c r="C144" s="14" t="s">
-[...7 lines deleted...]
-      <c r="B145" s="15" t="s">
+      <c r="C145" s="10" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="B146" s="12" t="s">
         <v>159</v>
       </c>
-      <c r="C145" s="14" t="s">
-[...7 lines deleted...]
-      <c r="B146" s="16" t="s">
+      <c r="C146" s="10" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3" ht="15">
+      <c r="A147" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="B147" s="12" t="s">
         <v>160</v>
       </c>
-      <c r="C146" s="14" t="s">
-[...11 lines deleted...]
-        <v>157</v>
+      <c r="C147" s="10" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="14" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="B148" s="16" t="s">
+        <v>161</v>
+      </c>
+      <c r="B148" s="15" t="s">
         <v>162</v>
       </c>
       <c r="C148" s="14" t="s">
-        <v>110</v>
+        <v>163</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B149" s="15" t="s">
+        <v>164</v>
+      </c>
+      <c r="C149" s="14" t="s">
         <v>163</v>
       </c>
-      <c r="C149" s="14" t="s">
-[...3 lines deleted...]
-    <row r="150" spans="1:3">
+    </row>
+    <row r="150" spans="1:3" ht="15">
       <c r="A150" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>164</v>
+        <v>161</v>
+      </c>
+      <c r="B150" s="15" t="s">
+        <v>165</v>
       </c>
       <c r="C150" s="14" t="s">
-        <v>110</v>
+        <v>166</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B151" s="15" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C151" s="14" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>166</v>
+        <v>161</v>
+      </c>
+      <c r="B152" s="16" t="s">
+        <v>168</v>
       </c>
       <c r="C152" s="14" t="s">
-        <v>157</v>
+        <v>114</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B153" s="15" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C153" s="14" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>161</v>
+      </c>
+      <c r="B154" s="16" t="s">
+        <v>170</v>
       </c>
       <c r="C154" s="14" t="s">
-        <v>169</v>
+        <v>114</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B155" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C155" s="14" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>171</v>
+        <v>161</v>
+      </c>
+      <c r="B156" s="16" t="s">
+        <v>172</v>
       </c>
       <c r="C156" s="14" t="s">
-        <v>157</v>
+        <v>114</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B157" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C157" s="14" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B158" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C158" s="14" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B159" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C159" s="14" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="160" spans="1:3" ht="15">
       <c r="A160" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B160" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C160" s="14" t="s">
-        <v>157</v>
+        <v>166</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>176</v>
+        <v>161</v>
+      </c>
+      <c r="B161" s="17" t="s">
+        <v>177</v>
       </c>
       <c r="C161" s="14" t="s">
-        <v>157</v>
+        <v>166</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B162" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C162" s="14" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B163" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C163" s="14" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B164" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C164" s="14" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B165" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C165" s="14" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>181</v>
+        <v>161</v>
+      </c>
+      <c r="B166" s="15" t="s">
+        <v>182</v>
       </c>
       <c r="C166" s="14" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:3">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3" ht="15">
       <c r="A167" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>182</v>
+        <v>161</v>
+      </c>
+      <c r="B167" s="15" t="s">
+        <v>183</v>
       </c>
       <c r="C167" s="14" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B168" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C168" s="14" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:3">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3" ht="15">
       <c r="A169" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B169" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C169" s="14" t="s">
-        <v>157</v>
+        <v>166</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B170" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C170" s="14" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B171" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C171" s="14" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B172" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C172" s="14" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B173" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C173" s="14" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>161</v>
+      </c>
+      <c r="B174" s="17" t="s">
+        <v>190</v>
       </c>
       <c r="C174" s="14" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:3">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3" ht="15">
       <c r="A175" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>161</v>
+      </c>
+      <c r="B175" s="17" t="s">
+        <v>191</v>
       </c>
       <c r="C175" s="14" t="s">
-        <v>157</v>
+        <v>166</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B176" s="17" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C176" s="14" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:3">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3" ht="15">
       <c r="A177" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>161</v>
+      </c>
+      <c r="B177" s="17" t="s">
+        <v>193</v>
       </c>
       <c r="C177" s="14" t="s">
-        <v>157</v>
+        <v>166</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B178" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C178" s="14" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B179" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C179" s="14" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B180" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C180" s="14" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>196</v>
+        <v>161</v>
+      </c>
+      <c r="B181" s="15" t="s">
+        <v>197</v>
       </c>
       <c r="C181" s="14" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B182" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C182" s="14" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B183" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C183" s="14" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:3">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3" ht="15">
       <c r="A184" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>161</v>
+      </c>
+      <c r="B184" s="15" t="s">
+        <v>200</v>
       </c>
       <c r="C184" s="14" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:3">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3" ht="15">
       <c r="A185" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B185" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C185" s="14" t="s">
-        <v>157</v>
+        <v>166</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>201</v>
+        <v>161</v>
+      </c>
+      <c r="B186" s="16" t="s">
+        <v>202</v>
       </c>
       <c r="C186" s="14" t="s">
-        <v>157</v>
+        <v>114</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B187" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C187" s="14" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B188" s="17" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C188" s="14" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:3">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3" ht="15">
       <c r="A189" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B189" s="17" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C189" s="14" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B190" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C190" s="14" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>206</v>
+        <v>161</v>
+      </c>
+      <c r="B191" s="15" t="s">
+        <v>207</v>
       </c>
       <c r="C191" s="14" t="s">
-        <v>110</v>
+        <v>163</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>207</v>
+        <v>161</v>
+      </c>
+      <c r="B192" s="15" t="s">
+        <v>208</v>
       </c>
       <c r="C192" s="14" t="s">
-        <v>110</v>
+        <v>163</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>208</v>
+        <v>161</v>
+      </c>
+      <c r="B193" s="15" t="s">
+        <v>209</v>
       </c>
       <c r="C193" s="14" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:3" ht="15">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
       <c r="A194" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>209</v>
+        <v>161</v>
+      </c>
+      <c r="B194" s="17" t="s">
+        <v>210</v>
       </c>
       <c r="C194" s="14" t="s">
-        <v>110</v>
+        <v>166</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>210</v>
+        <v>161</v>
+      </c>
+      <c r="B195" s="15" t="s">
+        <v>211</v>
       </c>
       <c r="C195" s="14" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>211</v>
+        <v>161</v>
+      </c>
+      <c r="B196" s="15" t="s">
+        <v>212</v>
       </c>
       <c r="C196" s="14" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:3">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3" ht="15">
       <c r="A197" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>161</v>
+      </c>
+      <c r="B197" s="15" t="s">
+        <v>213</v>
       </c>
       <c r="C197" s="14" t="s">
-        <v>110</v>
+        <v>166</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>213</v>
+        <v>161</v>
+      </c>
+      <c r="B198" s="17" t="s">
+        <v>214</v>
       </c>
       <c r="C198" s="14" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>214</v>
+        <v>161</v>
+      </c>
+      <c r="B199" s="15" t="s">
+        <v>215</v>
       </c>
       <c r="C199" s="14" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>215</v>
+        <v>161</v>
+      </c>
+      <c r="B200" s="15" t="s">
+        <v>216</v>
       </c>
       <c r="C200" s="14" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>216</v>
+        <v>161</v>
+      </c>
+      <c r="B201" s="15" t="s">
+        <v>217</v>
       </c>
       <c r="C201" s="14" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B202" s="17" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C202" s="14" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B203" s="17" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C203" s="14" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>161</v>
+      </c>
+      <c r="B204" s="15" t="s">
+        <v>220</v>
       </c>
       <c r="C204" s="14" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>220</v>
+        <v>161</v>
+      </c>
+      <c r="B205" s="16" t="s">
+        <v>221</v>
       </c>
       <c r="C205" s="14" t="s">
-        <v>169</v>
+        <v>114</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>161</v>
+      </c>
+      <c r="B206" s="16" t="s">
+        <v>222</v>
       </c>
       <c r="C206" s="14" t="s">
-        <v>169</v>
+        <v>114</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>222</v>
+        <v>161</v>
+      </c>
+      <c r="B207" s="16" t="s">
+        <v>223</v>
       </c>
       <c r="C207" s="14" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:3">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3" ht="15">
       <c r="A208" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>223</v>
+        <v>161</v>
+      </c>
+      <c r="B208" s="16" t="s">
+        <v>224</v>
       </c>
       <c r="C208" s="14" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:3" ht="15">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
       <c r="A209" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B209" s="17" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C209" s="14" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B210" s="17" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C210" s="14" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>161</v>
+      </c>
+      <c r="B211" s="16" t="s">
+        <v>227</v>
       </c>
       <c r="C211" s="14" t="s">
-        <v>157</v>
+        <v>114</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>161</v>
+      </c>
+      <c r="B212" s="16" t="s">
+        <v>228</v>
       </c>
       <c r="C212" s="14" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:3" ht="15">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
       <c r="A213" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B213" s="17" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C213" s="14" t="s">
-        <v>110</v>
+        <v>166</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B214" s="17" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C214" s="14" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B215" s="17" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C215" s="14" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>231</v>
+        <v>161</v>
+      </c>
+      <c r="B216" s="17" t="s">
+        <v>232</v>
       </c>
       <c r="C216" s="14" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:3">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3" ht="15">
       <c r="A217" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B217" s="17" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C217" s="14" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B218" s="17" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C218" s="14" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B219" s="17" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C219" s="14" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:3">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3" ht="15">
       <c r="A220" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B220" s="17" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C220" s="14" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B221" s="17" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C221" s="14" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="14" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>237</v>
+        <v>161</v>
+      </c>
+      <c r="B222" s="17" t="s">
+        <v>238</v>
       </c>
       <c r="C222" s="14" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:3">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3" ht="15">
       <c r="A223" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B223" s="17" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C223" s="14" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:3">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3" ht="15">
       <c r="A224" s="14" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B224" s="17" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C224" s="14" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
     </row>
     <row r="225" spans="1:3">
-      <c r="A225" s="19" t="s">
-[...2 lines deleted...]
-      <c r="B225" s="20" t="s">
+      <c r="A225" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="B225" s="17" t="s">
         <v>241</v>
       </c>
-      <c r="C225" s="19" t="s">
-        <v>70</v>
+      <c r="C225" s="14" t="s">
+        <v>166</v>
       </c>
     </row>
     <row r="226" spans="1:3">
-      <c r="A226" s="19" t="s">
-[...2 lines deleted...]
-      <c r="B226" s="21" t="s">
+      <c r="A226" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="B226" s="17" t="s">
         <v>242</v>
       </c>
-      <c r="C226" s="19" t="s">
+      <c r="C226" s="14" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3" ht="15">
+      <c r="A227" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="B227" s="17" t="s">
         <v>243</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B227" s="20" t="s">
+      <c r="C227" s="14" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="B228" s="17" t="s">
         <v>244</v>
       </c>
-      <c r="C227" s="19" t="s">
+      <c r="C228" s="14" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="B229" s="15" t="s">
         <v>245</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B228" s="21" t="s">
+      <c r="C229" s="14" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="B230" s="17" t="s">
         <v>246</v>
       </c>
-      <c r="C228" s="19" t="s">
-[...7 lines deleted...]
-      <c r="B229" s="20" t="s">
+      <c r="C230" s="14" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3" ht="15">
+      <c r="A231" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="B231" s="17" t="s">
         <v>247</v>
       </c>
-      <c r="C229" s="19" t="s">
-[...7 lines deleted...]
-      <c r="B230" s="21" t="s">
+      <c r="C231" s="14" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3" ht="15">
+      <c r="A232" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="B232" s="17" t="s">
         <v>248</v>
       </c>
-      <c r="C230" s="19" t="s">
-[...7 lines deleted...]
-      <c r="B231" s="21" t="s">
+      <c r="C232" s="14" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="B233" s="17" t="s">
         <v>249</v>
       </c>
-      <c r="C231" s="19" t="s">
-[...7 lines deleted...]
-      <c r="B232" s="21" t="s">
+      <c r="C233" s="14" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3" ht="15">
+      <c r="A234" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="B234" s="17" t="s">
         <v>250</v>
       </c>
-      <c r="C232" s="19" t="s">
-[...7 lines deleted...]
-      <c r="B233" s="21" t="s">
+      <c r="C234" s="14" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3" ht="15">
+      <c r="A235" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="B235" s="18" t="s">
         <v>251</v>
       </c>
-      <c r="C233" s="19" t="s">
-[...7 lines deleted...]
-      <c r="B234" s="20" t="s">
+      <c r="C235" s="14" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3" ht="15">
+      <c r="A236" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="B236" s="18" t="s">
         <v>252</v>
       </c>
-      <c r="C234" s="19" t="s">
-[...7 lines deleted...]
-      <c r="B235" s="20" t="s">
+      <c r="C236" s="14" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="B237" s="17" t="s">
         <v>253</v>
       </c>
-      <c r="C235" s="19" t="s">
-[...7 lines deleted...]
-      <c r="B236" s="21" t="s">
+      <c r="C237" s="14" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="B238" s="17" t="s">
         <v>254</v>
       </c>
-      <c r="C236" s="19" t="s">
-[...7 lines deleted...]
-      <c r="B237" s="21" t="s">
+      <c r="C238" s="14" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="B239" s="17" t="s">
         <v>255</v>
       </c>
-      <c r="C237" s="19" t="s">
-[...7 lines deleted...]
-      <c r="B238" s="20" t="s">
+      <c r="C239" s="14" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="B240" s="17" t="s">
         <v>256</v>
       </c>
-      <c r="C238" s="19" t="s">
-[...7 lines deleted...]
-      <c r="B239" s="20" t="s">
+      <c r="C240" s="14" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="B241" s="17" t="s">
         <v>257</v>
       </c>
-      <c r="C239" s="19" t="s">
-[...7 lines deleted...]
-      <c r="B240" s="20" t="s">
+      <c r="C241" s="14" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="B242" s="15" t="s">
         <v>258</v>
       </c>
-      <c r="C240" s="19" t="s">
-[...7 lines deleted...]
-      <c r="B241" s="21" t="s">
+      <c r="C242" s="14" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="B243" s="17" t="s">
         <v>259</v>
       </c>
-      <c r="C241" s="19" t="s">
-[...7 lines deleted...]
-      <c r="B242" s="21" t="s">
+      <c r="C243" s="14" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="B244" s="17" t="s">
         <v>260</v>
       </c>
-      <c r="C242" s="19" t="s">
-[...22 lines deleted...]
-        <v>70</v>
+      <c r="C244" s="14" t="s">
+        <v>166</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>263</v>
+        <v>261</v>
+      </c>
+      <c r="B245" s="20" t="s">
+        <v>262</v>
       </c>
       <c r="C245" s="19" t="s">
-        <v>243</v>
+        <v>75</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="19" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="B246" s="20" t="s">
+        <v>261</v>
+      </c>
+      <c r="B246" s="21" t="s">
+        <v>263</v>
+      </c>
+      <c r="C246" s="19" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="19" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="B247" s="21" t="s">
+        <v>261</v>
+      </c>
+      <c r="B247" s="20" t="s">
         <v>265</v>
       </c>
       <c r="C247" s="19" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:3">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3" ht="15">
       <c r="A248" s="19" t="s">
-        <v>240</v>
+        <v>261</v>
       </c>
       <c r="B248" s="21" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C248" s="19" t="s">
-        <v>243</v>
+        <v>75</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="19" t="s">
-        <v>240</v>
+        <v>261</v>
       </c>
       <c r="B249" s="20" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C249" s="19" t="s">
-        <v>245</v>
+        <v>266</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="19" t="s">
-        <v>240</v>
+        <v>261</v>
       </c>
       <c r="B250" s="21" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C250" s="19" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:3">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3" ht="15">
       <c r="A251" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>269</v>
+        <v>261</v>
+      </c>
+      <c r="B251" s="21" t="s">
+        <v>270</v>
       </c>
       <c r="C251" s="19" t="s">
-        <v>70</v>
+        <v>114</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>270</v>
+        <v>261</v>
+      </c>
+      <c r="B252" s="21" t="s">
+        <v>271</v>
       </c>
       <c r="C252" s="19" t="s">
-        <v>245</v>
+        <v>75</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>271</v>
+        <v>261</v>
+      </c>
+      <c r="B253" s="21" t="s">
+        <v>272</v>
       </c>
       <c r="C253" s="19" t="s">
-        <v>245</v>
+        <v>264</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>272</v>
+        <v>261</v>
+      </c>
+      <c r="B254" s="20" t="s">
+        <v>273</v>
       </c>
       <c r="C254" s="19" t="s">
-        <v>243</v>
+        <v>75</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="19" t="s">
-        <v>240</v>
+        <v>261</v>
       </c>
       <c r="B255" s="20" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C255" s="19" t="s">
-        <v>245</v>
+        <v>75</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>274</v>
+        <v>261</v>
+      </c>
+      <c r="B256" s="21" t="s">
+        <v>275</v>
       </c>
       <c r="C256" s="19" t="s">
-        <v>70</v>
+        <v>264</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>275</v>
+        <v>261</v>
+      </c>
+      <c r="B257" s="21" t="s">
+        <v>276</v>
       </c>
       <c r="C257" s="19" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:3" ht="15">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
       <c r="A258" s="19" t="s">
-        <v>240</v>
+        <v>261</v>
       </c>
       <c r="B258" s="20" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C258" s="19" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>277</v>
+        <v>261</v>
+      </c>
+      <c r="B259" s="20" t="s">
+        <v>278</v>
       </c>
       <c r="C259" s="19" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>278</v>
+        <v>261</v>
+      </c>
+      <c r="B260" s="20" t="s">
+        <v>279</v>
       </c>
       <c r="C260" s="19" t="s">
-        <v>243</v>
+        <v>266</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>279</v>
+        <v>261</v>
+      </c>
+      <c r="B261" s="21" t="s">
+        <v>280</v>
       </c>
       <c r="C261" s="19" t="s">
-        <v>70</v>
+        <v>264</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>280</v>
+        <v>261</v>
+      </c>
+      <c r="B262" s="21" t="s">
+        <v>281</v>
       </c>
       <c r="C262" s="19" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:3" ht="15">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
       <c r="A263" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>281</v>
+        <v>261</v>
+      </c>
+      <c r="B263" s="20" t="s">
+        <v>282</v>
       </c>
       <c r="C263" s="19" t="s">
-        <v>70</v>
+        <v>266</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>282</v>
+        <v>261</v>
+      </c>
+      <c r="B264" s="20" t="s">
+        <v>283</v>
       </c>
       <c r="C264" s="19" t="s">
-        <v>243</v>
+        <v>75</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="19" t="s">
-        <v>240</v>
+        <v>261</v>
       </c>
       <c r="B265" s="21" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C265" s="19" t="s">
-        <v>70</v>
+        <v>264</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>284</v>
+        <v>261</v>
+      </c>
+      <c r="B266" s="20" t="s">
+        <v>285</v>
       </c>
       <c r="C266" s="19" t="s">
-        <v>243</v>
+        <v>75</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>285</v>
+        <v>261</v>
+      </c>
+      <c r="B267" s="21" t="s">
+        <v>286</v>
       </c>
       <c r="C267" s="19" t="s">
-        <v>70</v>
+        <v>264</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>286</v>
+        <v>261</v>
+      </c>
+      <c r="B268" s="21" t="s">
+        <v>287</v>
       </c>
       <c r="C268" s="19" t="s">
-        <v>70</v>
+        <v>264</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>287</v>
+        <v>261</v>
+      </c>
+      <c r="B269" s="20" t="s">
+        <v>288</v>
       </c>
       <c r="C269" s="19" t="s">
-        <v>243</v>
+        <v>266</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>288</v>
+        <v>261</v>
+      </c>
+      <c r="B270" s="21" t="s">
+        <v>289</v>
       </c>
       <c r="C270" s="19" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:3" ht="15">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
       <c r="A271" s="19" t="s">
-        <v>240</v>
+        <v>261</v>
       </c>
       <c r="B271" s="20" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C271" s="19" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>290</v>
+        <v>261</v>
+      </c>
+      <c r="B272" s="20" t="s">
+        <v>291</v>
       </c>
       <c r="C272" s="19" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:3" ht="15">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
       <c r="A273" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>94</v>
+        <v>261</v>
+      </c>
+      <c r="B273" s="20" t="s">
+        <v>292</v>
       </c>
       <c r="C273" s="19" t="s">
-        <v>70</v>
+        <v>266</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>291</v>
+        <v>261</v>
+      </c>
+      <c r="B274" s="21" t="s">
+        <v>293</v>
       </c>
       <c r="C274" s="19" t="s">
-        <v>245</v>
+        <v>264</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>292</v>
+        <v>261</v>
+      </c>
+      <c r="B275" s="20" t="s">
+        <v>294</v>
       </c>
       <c r="C275" s="19" t="s">
-        <v>243</v>
+        <v>266</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>293</v>
+        <v>261</v>
+      </c>
+      <c r="B276" s="20" t="s">
+        <v>295</v>
       </c>
       <c r="C276" s="19" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="19" t="s">
-        <v>240</v>
+        <v>261</v>
       </c>
       <c r="B277" s="20" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C277" s="19" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:3">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3" ht="15">
       <c r="A278" s="19" t="s">
-        <v>240</v>
+        <v>261</v>
       </c>
       <c r="B278" s="20" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C278" s="19" t="s">
-        <v>245</v>
+        <v>75</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>296</v>
+        <v>261</v>
+      </c>
+      <c r="B279" s="21" t="s">
+        <v>298</v>
       </c>
       <c r="C279" s="19" t="s">
-        <v>245</v>
+        <v>75</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>297</v>
+        <v>261</v>
+      </c>
+      <c r="B280" s="21" t="s">
+        <v>299</v>
       </c>
       <c r="C280" s="19" t="s">
-        <v>70</v>
+        <v>264</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>298</v>
+        <v>261</v>
+      </c>
+      <c r="B281" s="20" t="s">
+        <v>300</v>
       </c>
       <c r="C281" s="19" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:3">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3" ht="15">
       <c r="A282" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>299</v>
+        <v>261</v>
+      </c>
+      <c r="B282" s="22" t="s">
+        <v>301</v>
       </c>
       <c r="C282" s="19" t="s">
-        <v>245</v>
+        <v>75</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>261</v>
+      </c>
+      <c r="B283" s="21" t="s">
+        <v>302</v>
       </c>
       <c r="C283" s="19" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:3" ht="15">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
       <c r="A284" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>301</v>
+        <v>261</v>
+      </c>
+      <c r="B284" s="21" t="s">
+        <v>303</v>
       </c>
       <c r="C284" s="19" t="s">
-        <v>243</v>
+        <v>75</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>302</v>
+        <v>261</v>
+      </c>
+      <c r="B285" s="21" t="s">
+        <v>304</v>
       </c>
       <c r="C285" s="19" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:3" ht="15">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
       <c r="A286" s="19" t="s">
-        <v>240</v>
+        <v>261</v>
       </c>
       <c r="B286" s="20" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="C286" s="19" t="s">
-        <v>243</v>
+        <v>75</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="19" t="s">
-        <v>240</v>
+        <v>261</v>
       </c>
       <c r="B287" s="20" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C287" s="19" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="19" t="s">
-        <v>240</v>
+        <v>261</v>
       </c>
       <c r="B288" s="21" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C288" s="19" t="s">
-        <v>243</v>
+        <v>264</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="19" t="s">
-        <v>240</v>
+        <v>261</v>
       </c>
       <c r="B289" s="20" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C289" s="19" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:3">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3" ht="15">
       <c r="A290" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>307</v>
+        <v>261</v>
+      </c>
+      <c r="B290" s="20" t="s">
+        <v>309</v>
       </c>
       <c r="C290" s="19" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:3" ht="15">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
       <c r="A291" s="19" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>308</v>
+        <v>261</v>
+      </c>
+      <c r="B291" s="21" t="s">
+        <v>310</v>
       </c>
       <c r="C291" s="19" t="s">
-        <v>70</v>
-[...17 lines deleted...]
-      <c r="B293" s="26" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3" ht="15">
+      <c r="A292" s="19" t="s">
+        <v>261</v>
+      </c>
+      <c r="B292" s="21" t="s">
+        <v>96</v>
+      </c>
+      <c r="C292" s="19" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="19" t="s">
+        <v>261</v>
+      </c>
+      <c r="B293" s="20" t="s">
         <v>311</v>
       </c>
-      <c r="C293" s="25" t="s">
-        <v>28</v>
+      <c r="C293" s="19" t="s">
+        <v>266</v>
       </c>
     </row>
     <row r="294" spans="1:3">
-      <c r="A294" s="25" t="s">
-[...2 lines deleted...]
-      <c r="B294" s="26" t="s">
+      <c r="A294" s="19" t="s">
+        <v>261</v>
+      </c>
+      <c r="B294" s="21" t="s">
         <v>312</v>
       </c>
-      <c r="C294" s="25" t="s">
-[...7 lines deleted...]
-      <c r="B295" s="26" t="s">
+      <c r="C294" s="19" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="19" t="s">
+        <v>261</v>
+      </c>
+      <c r="B295" s="21" t="s">
         <v>313</v>
       </c>
-      <c r="C295" s="25" t="s">
-        <v>28</v>
+      <c r="C295" s="19" t="s">
+        <v>75</v>
       </c>
     </row>
     <row r="296" spans="1:3">
-      <c r="A296" s="25" t="s">
-[...2 lines deleted...]
-      <c r="B296" s="26" t="s">
+      <c r="A296" s="19" t="s">
+        <v>261</v>
+      </c>
+      <c r="B296" s="20" t="s">
         <v>314</v>
       </c>
-      <c r="C296" s="25" t="s">
-[...7 lines deleted...]
-      <c r="B297" s="26" t="s">
+      <c r="C296" s="19" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="19" t="s">
+        <v>261</v>
+      </c>
+      <c r="B297" s="20" t="s">
         <v>315</v>
       </c>
-      <c r="C297" s="25" t="s">
-[...7 lines deleted...]
-      <c r="B298" s="26" t="s">
+      <c r="C297" s="19" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="19" t="s">
+        <v>261</v>
+      </c>
+      <c r="B298" s="20" t="s">
         <v>316</v>
       </c>
-      <c r="C298" s="25" t="s">
+      <c r="C298" s="19" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="19" t="s">
+        <v>261</v>
+      </c>
+      <c r="B299" s="20" t="s">
         <v>317</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B299" s="26" t="s">
+      <c r="C299" s="19" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="19" t="s">
+        <v>261</v>
+      </c>
+      <c r="B300" s="23" t="s">
         <v>318</v>
       </c>
-      <c r="C299" s="25" t="s">
+      <c r="C300" s="19" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="19" t="s">
+        <v>261</v>
+      </c>
+      <c r="B301" s="20" t="s">
         <v>319</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B300" s="27" t="s">
+      <c r="C301" s="19" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="19" t="s">
+        <v>261</v>
+      </c>
+      <c r="B302" s="20" t="s">
         <v>320</v>
       </c>
-      <c r="C300" s="25" t="s">
-[...10 lines deleted...]
-      <c r="B303" s="29"/>
+      <c r="C302" s="19" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3" ht="15">
+      <c r="A303" s="19" t="s">
+        <v>261</v>
+      </c>
+      <c r="B303" s="20" t="s">
+        <v>321</v>
+      </c>
+      <c r="C303" s="19" t="s">
+        <v>264</v>
+      </c>
     </row>
     <row r="304" spans="1:3">
-      <c r="B304" s="29"/>
-[...61 lines deleted...]
-    <row r="325" spans="2:2">
+      <c r="A304" s="19" t="s">
+        <v>261</v>
+      </c>
+      <c r="B304" s="20" t="s">
+        <v>322</v>
+      </c>
+      <c r="C304" s="19" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3" ht="15">
+      <c r="A305" s="19" t="s">
+        <v>261</v>
+      </c>
+      <c r="B305" s="20" t="s">
+        <v>323</v>
+      </c>
+      <c r="C305" s="19" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="19" t="s">
+        <v>261</v>
+      </c>
+      <c r="B306" s="20" t="s">
+        <v>324</v>
+      </c>
+      <c r="C306" s="19" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="19" t="s">
+        <v>261</v>
+      </c>
+      <c r="B307" s="21" t="s">
+        <v>325</v>
+      </c>
+      <c r="C307" s="19" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="19" t="s">
+        <v>261</v>
+      </c>
+      <c r="B308" s="20" t="s">
+        <v>326</v>
+      </c>
+      <c r="C308" s="19" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="19" t="s">
+        <v>261</v>
+      </c>
+      <c r="B309" s="24" t="s">
+        <v>327</v>
+      </c>
+      <c r="C309" s="19" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3" ht="15">
+      <c r="A310" s="19" t="s">
+        <v>261</v>
+      </c>
+      <c r="B310" s="24" t="s">
+        <v>328</v>
+      </c>
+      <c r="C310" s="19" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="25" t="s">
+        <v>329</v>
+      </c>
+      <c r="B311" s="26" t="s">
+        <v>330</v>
+      </c>
+      <c r="C311" s="25" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3" ht="15">
+      <c r="A312" s="25" t="s">
+        <v>329</v>
+      </c>
+      <c r="B312" s="26" t="s">
+        <v>331</v>
+      </c>
+      <c r="C312" s="25" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="25" t="s">
+        <v>329</v>
+      </c>
+      <c r="B313" s="26" t="s">
+        <v>332</v>
+      </c>
+      <c r="C313" s="25" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3" ht="15">
+      <c r="A314" s="25" t="s">
+        <v>329</v>
+      </c>
+      <c r="B314" s="26" t="s">
+        <v>333</v>
+      </c>
+      <c r="C314" s="25" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="25" t="s">
+        <v>329</v>
+      </c>
+      <c r="B315" s="26" t="s">
+        <v>334</v>
+      </c>
+      <c r="C315" s="25" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3" ht="15">
+      <c r="A316" s="25" t="s">
+        <v>329</v>
+      </c>
+      <c r="B316" s="26" t="s">
+        <v>335</v>
+      </c>
+      <c r="C316" s="25" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3" ht="15">
+      <c r="A317" s="25" t="s">
+        <v>329</v>
+      </c>
+      <c r="B317" s="26" t="s">
+        <v>336</v>
+      </c>
+      <c r="C317" s="25" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3" ht="15">
+      <c r="A318" s="25" t="s">
+        <v>329</v>
+      </c>
+      <c r="B318" s="26" t="s">
+        <v>337</v>
+      </c>
+      <c r="C318" s="25" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3" ht="15">
+      <c r="A319" s="25" t="s">
+        <v>329</v>
+      </c>
+      <c r="B319" s="26" t="s">
+        <v>339</v>
+      </c>
+      <c r="C319" s="25" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3" ht="15">
+      <c r="A320" s="25" t="s">
+        <v>329</v>
+      </c>
+      <c r="B320" s="26" t="s">
+        <v>341</v>
+      </c>
+      <c r="C320" s="25" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="25" t="s">
+        <v>329</v>
+      </c>
+      <c r="B321" s="27" t="s">
+        <v>343</v>
+      </c>
+      <c r="C321" s="25" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3" ht="15">
+      <c r="A322" s="25" t="s">
+        <v>329</v>
+      </c>
+      <c r="B322" s="27" t="s">
+        <v>344</v>
+      </c>
+      <c r="C322" s="25" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3" ht="15">
+      <c r="A323" s="25" t="s">
+        <v>329</v>
+      </c>
+      <c r="B323" s="27" t="s">
+        <v>345</v>
+      </c>
+      <c r="C323" s="25" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3" ht="15">
+      <c r="A324" s="25" t="s">
+        <v>329</v>
+      </c>
+      <c r="B324" s="27" t="s">
+        <v>346</v>
+      </c>
+      <c r="C324" s="25" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
       <c r="B325" s="29"/>
     </row>
-    <row r="326" spans="2:2">
+    <row r="326" spans="1:3">
       <c r="B326" s="29"/>
     </row>
-    <row r="327" spans="2:2">
+    <row r="327" spans="1:3">
       <c r="B327" s="29"/>
     </row>
-    <row r="328" spans="2:2">
+    <row r="328" spans="1:3">
       <c r="B328" s="29"/>
     </row>
-    <row r="329" spans="2:2">
+    <row r="329" spans="1:3">
       <c r="B329" s="29"/>
     </row>
-    <row r="330" spans="2:2">
+    <row r="330" spans="1:3">
       <c r="B330" s="29"/>
     </row>
-    <row r="331" spans="2:2">
+    <row r="331" spans="1:3">
       <c r="B331" s="29"/>
     </row>
-    <row r="332" spans="2:2">
+    <row r="332" spans="1:3">
       <c r="B332" s="29"/>
     </row>
-    <row r="333" spans="2:2">
+    <row r="333" spans="1:3">
       <c r="B333" s="29"/>
     </row>
-    <row r="334" spans="2:2">
+    <row r="334" spans="1:3">
       <c r="B334" s="29"/>
     </row>
-    <row r="335" spans="2:2">
+    <row r="335" spans="1:3">
       <c r="B335" s="29"/>
     </row>
-    <row r="336" spans="2:2">
+    <row r="336" spans="1:3">
       <c r="B336" s="29"/>
     </row>
     <row r="337" spans="2:2">
       <c r="B337" s="29"/>
     </row>
     <row r="338" spans="2:2">
       <c r="B338" s="29"/>
     </row>
     <row r="339" spans="2:2">
       <c r="B339" s="29"/>
     </row>
     <row r="340" spans="2:2">
       <c r="B340" s="29"/>
     </row>
     <row r="341" spans="2:2">
       <c r="B341" s="29"/>
     </row>
     <row r="342" spans="2:2">
       <c r="B342" s="29"/>
     </row>
     <row r="343" spans="2:2">
       <c r="B343" s="29"/>
     </row>
     <row r="344" spans="2:2">
       <c r="B344" s="29"/>
@@ -5736,62 +6006,142 @@
     </row>
     <row r="550" spans="2:2">
       <c r="B550" s="29"/>
     </row>
     <row r="551" spans="2:2">
       <c r="B551" s="29"/>
     </row>
     <row r="552" spans="2:2">
       <c r="B552" s="29"/>
     </row>
     <row r="553" spans="2:2">
       <c r="B553" s="29"/>
     </row>
     <row r="554" spans="2:2">
       <c r="B554" s="29"/>
     </row>
     <row r="555" spans="2:2">
       <c r="B555" s="29"/>
     </row>
     <row r="556" spans="2:2">
       <c r="B556" s="29"/>
     </row>
     <row r="557" spans="2:2">
       <c r="B557" s="29"/>
     </row>
-    <row r="558" spans="2:2" ht="15"/>
-[...4 lines deleted...]
-    <row r="563" ht="15"/>
+    <row r="558" spans="2:2">
+      <c r="B558" s="29"/>
+    </row>
+    <row r="559" spans="2:2">
+      <c r="B559" s="29"/>
+    </row>
+    <row r="560" spans="2:2">
+      <c r="B560" s="29"/>
+    </row>
+    <row r="561" spans="2:2">
+      <c r="B561" s="29"/>
+    </row>
+    <row r="562" spans="2:2">
+      <c r="B562" s="29"/>
+    </row>
+    <row r="563" spans="2:2">
+      <c r="B563" s="29"/>
+    </row>
+    <row r="564" spans="2:2">
+      <c r="B564" s="29"/>
+    </row>
+    <row r="565" spans="2:2">
+      <c r="B565" s="29"/>
+    </row>
+    <row r="566" spans="2:2">
+      <c r="B566" s="29"/>
+    </row>
+    <row r="567" spans="2:2">
+      <c r="B567" s="29"/>
+    </row>
+    <row r="568" spans="2:2">
+      <c r="B568" s="29"/>
+    </row>
+    <row r="569" spans="2:2">
+      <c r="B569" s="29"/>
+    </row>
+    <row r="570" spans="2:2">
+      <c r="B570" s="29"/>
+    </row>
+    <row r="571" spans="2:2">
+      <c r="B571" s="29"/>
+    </row>
+    <row r="572" spans="2:2">
+      <c r="B572" s="29"/>
+    </row>
+    <row r="573" spans="2:2">
+      <c r="B573" s="29"/>
+    </row>
+    <row r="574" spans="2:2">
+      <c r="B574" s="29"/>
+    </row>
+    <row r="575" spans="2:2">
+      <c r="B575" s="29"/>
+    </row>
+    <row r="576" spans="2:2">
+      <c r="B576" s="29"/>
+    </row>
+    <row r="577" spans="2:2">
+      <c r="B577" s="29"/>
+    </row>
+    <row r="578" spans="2:2">
+      <c r="B578" s="29"/>
+    </row>
+    <row r="579" spans="2:2">
+      <c r="B579" s="29"/>
+    </row>
+    <row r="580" spans="2:2">
+      <c r="B580" s="29"/>
+    </row>
+    <row r="581" spans="2:2">
+      <c r="B581" s="29"/>
+    </row>
+    <row r="582" spans="2:2" ht="15"/>
+    <row r="583" spans="2:2" ht="15"/>
+    <row r="584" spans="2:2" ht="15"/>
+    <row r="585" spans="2:2" ht="15"/>
+    <row r="586" spans="2:2" ht="15"/>
+    <row r="587" spans="2:2" ht="15"/>
+    <row r="588" spans="2:2" ht="15"/>
+    <row r="589" spans="2:2" ht="15"/>
+    <row r="590" spans="2:2" ht="15"/>
+    <row r="591" spans="2:2" ht="15"/>
+    <row r="592" spans="2:2" ht="15"/>
+    <row r="593" ht="15"/>
+    <row r="594" ht="15"/>
+    <row r="595" ht="15"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C2"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B216" r:id="rId1" xr:uid="{6A489F15-BA3E-4BA5-A4A6-D48749260650}"/>
+    <hyperlink ref="B235" r:id="rId1" xr:uid="{6A489F15-BA3E-4BA5-A4A6-D48749260650}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 OFFICIAL </oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>